--- v0 (2025-12-08)
+++ v1 (2026-02-01)
@@ -1,2634 +1,2598 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26130"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24931"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fwb365-my.sharepoint.com/personal/rabami01_cfwb_be/Documents/Documents/Année scolaire 2025-2026/Immersion/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\dollma01\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{513CCCC7-A1D9-48B1-83FA-115688B7F253}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{46D6D8A2-B971-4F96-ABC3-78604D3C5731}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{B804C15E-5ED1-4287-B659-EEED7E48F308}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{EABE91FD-9DDF-4207-B19F-505173558D8B}"/>
   </bookViews>
   <sheets>
     <sheet name="Feuil1" sheetId="1" r:id="rId1"/>
   </sheets>
+  <definedNames>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">Feuil1!$1:$1</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Feuil1!$A$1:$F$231</definedName>
+  </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
-        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
-        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1135" uniqueCount="697">
-[...7 lines deleted...]
-    <t>Langue Immersion2</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1142" uniqueCount="701">
+  <si>
+    <t>Nom Établissement</t>
+  </si>
+  <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Code postal</t>
+  </si>
+  <si>
+    <t>Localité</t>
+  </si>
+  <si>
+    <t>Langue 1</t>
+  </si>
+  <si>
+    <t>Langue 2</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale libre Sainte-Begge 4</t>
+  </si>
+  <si>
+    <t>Rue Joseph Evraud 53</t>
+  </si>
+  <si>
+    <t>5300</t>
+  </si>
+  <si>
+    <t>NAMECHE</t>
+  </si>
+  <si>
+    <t>EN</t>
+  </si>
+  <si>
+    <t>Rue Jean-Baptiste Wauthier 16</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale libre Sainte-Begge 5</t>
+  </si>
+  <si>
+    <t>Rue du Chalet 3</t>
   </si>
   <si>
     <t>ANDENNE</t>
   </si>
   <si>
-    <t>Ecole fondamentale libre Sainte-Begge 4</t>
-[...19 lines deleted...]
-  <si>
     <t>NL</t>
   </si>
   <si>
-    <t>Rue du Chalet 3</t>
+    <t>Institut El Hikma La Sagesse</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Boulevard International 55              </t>
+  </si>
+  <si>
+    <t>1070</t>
   </si>
   <si>
     <t>ANDERLECHT</t>
   </si>
   <si>
-    <t>Institut El Hikma La Sagesse</t>
-[...7 lines deleted...]
-  <si>
     <t>Ecole primaire libre - Institut des Soeurs de Notre-Dame</t>
   </si>
   <si>
     <t>Rue de la Démocratie 10</t>
   </si>
   <si>
     <t>Ecole maternelle libre Notre-Dame</t>
   </si>
   <si>
     <t>Rue de Veeweyde, 27</t>
   </si>
   <si>
     <t>Institut Marie Immaculée - École primaire</t>
   </si>
   <si>
     <t>Rue des Résédas 47</t>
   </si>
   <si>
+    <t>Ecole fondamentale libre Aywaille-Deigné</t>
+  </si>
+  <si>
+    <t>Avenue François Cornesse 63</t>
+  </si>
+  <si>
+    <t>4920</t>
+  </si>
+  <si>
     <t>AYWAILLE</t>
   </si>
   <si>
-    <t>Ecole fondamentale libre Aywaille-Deigné</t>
-[...5 lines deleted...]
-    <t>4920</t>
+    <t>Ecole fondamentale libre Saint-Roch</t>
+  </si>
+  <si>
+    <t>Avenue de l'Héliport 36</t>
+  </si>
+  <si>
+    <t>1000</t>
   </si>
   <si>
     <t>BRUXELLES</t>
   </si>
   <si>
-    <t>Ecole fondamentale libre Saint-Roch</t>
-[...5 lines deleted...]
-    <t>1000</t>
+    <t>Ecole fondamentale libre de Celles - Mont-de-l'Enclus n°1</t>
+  </si>
+  <si>
+    <t>Rue Parfait 9</t>
+  </si>
+  <si>
+    <t>7760</t>
   </si>
   <si>
     <t>CELLES</t>
   </si>
   <si>
-    <t>Ecole fondamentale libre de Celles - Mont-de-l'Enclus n°1</t>
-[...5 lines deleted...]
-    <t>7760</t>
+    <t>EFLS Collège du Sacré-Coeur</t>
+  </si>
+  <si>
+    <t>Boulevard Audent 58</t>
+  </si>
+  <si>
+    <t>6000</t>
   </si>
   <si>
     <t>CHARLEROI</t>
   </si>
   <si>
-    <t>EFLS Collège du Sacré-Coeur</t>
-[...7 lines deleted...]
-  <si>
     <t>Institut Saint-Joseph - Cycle 2,5-8</t>
   </si>
   <si>
     <t>Place Emile Bertaux 8</t>
   </si>
   <si>
     <t>6041</t>
   </si>
   <si>
     <t>GOSSELIES</t>
   </si>
   <si>
     <t>Institut Saint-Joseph - Cycle 8-12</t>
   </si>
   <si>
+    <t>Faubourg de Charleroi 15</t>
+  </si>
+  <si>
     <t>Place Emile Bertaux 5</t>
   </si>
   <si>
-    <t>Faubourg de Charleroi 15</t>
+    <t>Ecole fondamentale libre Saint-Henri</t>
+  </si>
+  <si>
+    <t>Rue du Commerce 21</t>
+  </si>
+  <si>
+    <t>7780</t>
   </si>
   <si>
     <t>COMINES-WARNETON</t>
   </si>
   <si>
-    <t>Ecole fondamentale libre Saint-Henri</t>
-[...7 lines deleted...]
-  <si>
     <t>Chaussée de Wervicq 149</t>
   </si>
   <si>
     <t>Collège Notre-Dame de la Lys- Etape 1</t>
   </si>
   <si>
     <t>Rue de Warneton 1</t>
   </si>
   <si>
     <t>Grand-Rue 3</t>
   </si>
   <si>
     <t>Collège Notre-Dame de la Lys- Etape 2</t>
   </si>
   <si>
     <t>Rue Ligue du Coin de Terre, 8</t>
   </si>
   <si>
     <t>COMINES</t>
   </si>
   <si>
+    <t>Ecole fondamentale libre Collège Notre-Dame de Bellevue</t>
+  </si>
+  <si>
+    <t>Rue de Bonsecours 2</t>
+  </si>
+  <si>
+    <t>5500</t>
+  </si>
+  <si>
     <t>DINANT</t>
   </si>
   <si>
-    <t>Ecole fondamentale libre Collège Notre-Dame de Bellevue</t>
-[...7 lines deleted...]
-  <si>
     <t>Ecole fondamentale libre Saint-Rémy</t>
   </si>
   <si>
     <t>Rue de l'Eglise 11</t>
   </si>
   <si>
     <t>5310</t>
   </si>
   <si>
     <t>HANRET</t>
   </si>
   <si>
+    <t>Ecole fondamentale libre - Institut Albert Ier</t>
+  </si>
+  <si>
+    <t>Place du Vieux Marché 17</t>
+  </si>
+  <si>
+    <t>7850</t>
+  </si>
+  <si>
     <t>ENGHIEN</t>
   </si>
   <si>
-    <t>Ecole fondamentale libre - Institut Albert Ier</t>
-[...7 lines deleted...]
-  <si>
     <t>Ecole primaire libre Saint-Nicolas</t>
   </si>
   <si>
     <t>Rue du Viaduc, 69</t>
   </si>
   <si>
     <t>PETIT-ENGHIEN</t>
   </si>
   <si>
+    <t>Ecole fondamentale libre - Collège Saint Guibert 2</t>
+  </si>
+  <si>
+    <t>Rue Monseigneur Heylen 21</t>
+  </si>
+  <si>
+    <t>5030</t>
+  </si>
+  <si>
     <t>GEMBLOUX</t>
   </si>
   <si>
-    <t>Ecole fondamentale libre - Collège Saint Guibert 2</t>
-[...5 lines deleted...]
-    <t>5030</t>
+    <t>Ecole Primaire Libre du Saint-Coeur de Marie</t>
+  </si>
+  <si>
+    <t>Rue de l'Aite 1</t>
+  </si>
+  <si>
+    <t>4280</t>
   </si>
   <si>
     <t>HANNUT</t>
   </si>
   <si>
-    <t>Ecole Primaire Libre du Saint-Coeur de Marie</t>
-[...5 lines deleted...]
-    <t>4280</t>
+    <t>Ecole fondamentale libre de Virginal</t>
+  </si>
+  <si>
+    <t>Rue du Centre 13</t>
+  </si>
+  <si>
+    <t>1460</t>
+  </si>
+  <si>
+    <t>VIRGINAL-SAMME</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale libre d'Ittre</t>
+  </si>
+  <si>
+    <t>Rue de la Montagne 4</t>
   </si>
   <si>
     <t>ITTRE</t>
   </si>
   <si>
-    <t>Ecole fondamentale libre de Virginal</t>
-[...14 lines deleted...]
-    <t>Rue de la Montagne 4</t>
+    <t>Ecole fond. libre subventionnée Saint-Joseph Boondael</t>
+  </si>
+  <si>
+    <t>Chaussée de Boondael 621</t>
+  </si>
+  <si>
+    <t>1050</t>
   </si>
   <si>
     <t>IXELLES</t>
   </si>
   <si>
-    <t>Ecole fond. libre subventionnée Saint-Joseph Boondael</t>
-[...7 lines deleted...]
-  <si>
     <t>Ecole fondamentale libre - Institut Saint-Boniface-Parnasse</t>
   </si>
   <si>
     <t>Rue du Viaduc 82</t>
   </si>
   <si>
     <t>Ecole primaire libre Saint-André</t>
   </si>
   <si>
     <t>Chaussée de Boondael, 220</t>
   </si>
   <si>
     <t>Ecole fondamentale libre Sainte-Elisabeth</t>
   </si>
   <si>
     <t>Rue des Déportés 8</t>
   </si>
   <si>
     <t>5080</t>
   </si>
   <si>
     <t>RHISNES</t>
   </si>
   <si>
+    <t>Ecole fondamentale libre - Institut Saint-Léon</t>
+  </si>
+  <si>
+    <t>Rue de l'Argentine 72</t>
+  </si>
+  <si>
+    <t>1310</t>
+  </si>
+  <si>
     <t>LA HULPE</t>
   </si>
   <si>
-    <t>Ecole fondamentale libre - Institut Saint-Léon</t>
-[...7 lines deleted...]
-  <si>
     <t>Ecole fondamentale libre Notre-Dame</t>
   </si>
   <si>
     <t>Rue de la Mazerine 49</t>
   </si>
   <si>
+    <t>Ecole fondamentale libre Saint-Ghislain et Sainte-Barbe</t>
+  </si>
+  <si>
+    <t>Chaussée de Mons 20</t>
+  </si>
+  <si>
+    <t>7100</t>
+  </si>
+  <si>
     <t>LA LOUVIERE</t>
   </si>
   <si>
-    <t>Ecole fondamentale libre Saint-Ghislain et Sainte-Barbe</t>
-[...5 lines deleted...]
-    <t>7100</t>
+    <t>Ecole fondamentale libre Sainte-Lutgarde</t>
+  </si>
+  <si>
+    <t>Rue du Vieux Monument 5</t>
+  </si>
+  <si>
+    <t>1380</t>
   </si>
   <si>
     <t>LASNE</t>
   </si>
   <si>
-    <t>Ecole fondamentale libre Sainte-Lutgarde</t>
-[...5 lines deleted...]
-    <t>1380</t>
+    <t>CESP2</t>
+  </si>
+  <si>
+    <t>Rue du Bois 12</t>
+  </si>
+  <si>
+    <t>7900</t>
   </si>
   <si>
     <t>LEUZE-EN-HAINAUT</t>
   </si>
   <si>
-    <t>CESP2</t>
-[...1 lines deleted...]
-  <si>
     <t>Rue de Tournai 59</t>
   </si>
   <si>
-    <t>7900</t>
-[...2 lines deleted...]
-    <t>Rue du Bois 12</t>
+    <t>Ecole primaire libre Sainte-Véronique A</t>
+  </si>
+  <si>
+    <t>Rue Rennequin Sualem 25</t>
+  </si>
+  <si>
+    <t>4000</t>
   </si>
   <si>
     <t>LIEGE</t>
   </si>
   <si>
-    <t>Ecole primaire libre Sainte-Véronique A</t>
-[...7 lines deleted...]
-  <si>
     <t>Ecole maternelle libre Sainte-Véronique</t>
   </si>
   <si>
     <t>Rue Louvrex 96</t>
   </si>
   <si>
+    <t>Ecole primaire Institut Notre-Dame 1</t>
+  </si>
+  <si>
+    <t>Rue de Nérette 4</t>
+  </si>
+  <si>
+    <t>6900</t>
+  </si>
+  <si>
     <t>MARCHE-EN-FAMENNE</t>
   </si>
   <si>
-    <t>Ecole primaire Institut Notre-Dame 1</t>
-[...7 lines deleted...]
-  <si>
     <t>Ecole fondamentale Institut Notre-Dame 2</t>
   </si>
   <si>
     <t>Rue de Nérette 2</t>
   </si>
   <si>
+    <t>Institut du Sacré-Coeur Section primaire</t>
+  </si>
+  <si>
+    <t>Rue des Moulins 50</t>
+  </si>
+  <si>
+    <t>7700</t>
+  </si>
+  <si>
     <t>MOUSCRON</t>
   </si>
   <si>
-    <t>Institut du Sacré-Coeur Section primaire</t>
-[...7 lines deleted...]
-  <si>
     <t>Institut du Sacré-Coeur Section maternelle</t>
   </si>
   <si>
     <t>Rue du Sapin-Vert 113</t>
   </si>
   <si>
     <t>Ecole fondamentale Collège Sainte-Marie- Cycle 2,5-8</t>
   </si>
   <si>
     <t>Rue Camille Busschaert 49</t>
   </si>
   <si>
     <t>Ecole maternelle Institut des Frères Maristes</t>
   </si>
   <si>
     <t>Square Cardijn, 5</t>
   </si>
   <si>
     <t>Ecole primaire Collège Sainte-Marie-Cycle 8-12</t>
   </si>
   <si>
     <t>Rue de Tournai 17</t>
   </si>
   <si>
     <t>Ecole primaire libre immersive des Frères Maristes</t>
   </si>
   <si>
     <t>Rue des étudiants 2</t>
   </si>
   <si>
+    <t>Ecole primaire - Institut Saint-Louis</t>
+  </si>
+  <si>
+    <t>Rue Pepin 7</t>
+  </si>
+  <si>
+    <t>5000</t>
+  </si>
+  <si>
     <t>NAMUR</t>
   </si>
   <si>
-    <t>Ecole primaire - Institut Saint-Louis</t>
-[...7 lines deleted...]
-  <si>
     <t>Ecole fondamentale libre Saint-Berthuin</t>
   </si>
   <si>
     <t>Fond de Malonne 118</t>
   </si>
   <si>
     <t>5020</t>
   </si>
   <si>
     <t>MALONNE</t>
   </si>
   <si>
     <t>Ecole fondamentale - Institut Saint-Louis</t>
   </si>
   <si>
     <t>Rue Pepin, 5</t>
   </si>
   <si>
+    <t>Institut Sainte-Thérèse - Ecole fondamentale</t>
+  </si>
+  <si>
+    <t>Rue Clarisse 2</t>
+  </si>
+  <si>
+    <t>1400</t>
+  </si>
+  <si>
     <t>NIVELLES</t>
   </si>
   <si>
-    <t>Institut Sainte-Thérèse - Ecole fondamentale</t>
-[...5 lines deleted...]
-    <t>1400</t>
+    <t>Ecole fondamentale libre Jean-Paul II</t>
+  </si>
+  <si>
+    <t>Rue Lepage 17</t>
+  </si>
+  <si>
+    <t>1360</t>
   </si>
   <si>
     <t>PERWEZ</t>
   </si>
   <si>
-    <t>Ecole fondamentale libre Jean-Paul II</t>
-[...5 lines deleted...]
-    <t>1360</t>
+    <t>Ecole fondamentale libre Saint-Augustin - Collège Notre-Dame</t>
+  </si>
+  <si>
+    <t>Rue du Vallon 117</t>
+  </si>
+  <si>
+    <t>1332</t>
+  </si>
+  <si>
+    <t>GENVAL</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale libre Don Bosco</t>
+  </si>
+  <si>
+    <t>Rue Solovaz 15B</t>
+  </si>
+  <si>
+    <t>4470</t>
+  </si>
+  <si>
+    <t>SAINT-GEORGES-SUR-MEUSE</t>
+  </si>
+  <si>
+    <t>EC. N-D de Fidélité - Inst. de la Vièrge Fidèle - Sect. prim</t>
+  </si>
+  <si>
+    <t>Rue de Linthout 40</t>
+  </si>
+  <si>
+    <t>1030</t>
+  </si>
+  <si>
+    <t>SCHAERBEEK</t>
+  </si>
+  <si>
+    <t>EC. N-D de Fidélité - Inst. de la Vièrge Fidèle - Sect. mat</t>
+  </si>
+  <si>
+    <t>Rue de Linthout 50</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale libre Saints Cyr et Julitte</t>
+  </si>
+  <si>
+    <t>Rue Général Leman 6</t>
+  </si>
+  <si>
+    <t>7180</t>
+  </si>
+  <si>
+    <t>SENEFFE</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale libre Saint-Materne</t>
+  </si>
+  <si>
+    <t>Rue du Couvent 9</t>
+  </si>
+  <si>
+    <t>5650</t>
+  </si>
+  <si>
+    <t>WALCOURT</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale libre Notre-Dame des Grâces</t>
+  </si>
+  <si>
+    <t>Avenue du Chant d'Oiseau 19</t>
+  </si>
+  <si>
+    <t>1150</t>
+  </si>
+  <si>
+    <t>WOLUWE-SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale communale - Groupe B</t>
+  </si>
+  <si>
+    <t>Place Communale 23</t>
+  </si>
+  <si>
+    <t>6250</t>
+  </si>
+  <si>
+    <t>PRESLES</t>
+  </si>
+  <si>
+    <t>Ecole primaire communale du Tilleul</t>
+  </si>
+  <si>
+    <t>Rue de Jemeppe 27</t>
+  </si>
+  <si>
+    <t>4431</t>
+  </si>
+  <si>
+    <t>LONCIN</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale communale d'Alleur</t>
+  </si>
+  <si>
+    <t>Rue de la Vallée 60</t>
+  </si>
+  <si>
+    <t>4432</t>
+  </si>
+  <si>
+    <t>ALLEUR</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale communale de Xhendremael</t>
+  </si>
+  <si>
+    <t>Rue du Paradis 33</t>
+  </si>
+  <si>
+    <t>XHENDREMAEL</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale communale Schoppach</t>
+  </si>
+  <si>
+    <t>Avenue du Bois d'Arlon 21</t>
+  </si>
+  <si>
+    <t>6700</t>
+  </si>
+  <si>
+    <t>ARLON</t>
+  </si>
+  <si>
+    <t>Ecole communale n°1</t>
+  </si>
+  <si>
+    <t>Rue Hennepin 12</t>
+  </si>
+  <si>
+    <t>7800</t>
+  </si>
+  <si>
+    <t>ATH</t>
+  </si>
+  <si>
+    <t>Centre scolaire du Pré des Agneaux</t>
+  </si>
+  <si>
+    <t>Place Edouard Pinoy 20</t>
+  </si>
+  <si>
+    <t>1160</t>
+  </si>
+  <si>
+    <t>AUDERGHEM</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale Albert Xhignesse</t>
+  </si>
+  <si>
+    <t>Hameau de Kin 54</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale communale de Mageret</t>
+  </si>
+  <si>
+    <t>Mageret 495</t>
+  </si>
+  <si>
+    <t>6600</t>
+  </si>
+  <si>
+    <t>BASTOGNE</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale communale de Beauvechain</t>
+  </si>
+  <si>
+    <t>Rue de l'Ecole 1</t>
+  </si>
+  <si>
+    <t>1320</t>
+  </si>
+  <si>
+    <t>BEAUVECHAIN</t>
+  </si>
+  <si>
+    <t>Ecole communale fondamentale Binche VI</t>
+  </si>
+  <si>
+    <t>Rue Jean Jaurès 89</t>
+  </si>
+  <si>
+    <t>7134</t>
+  </si>
+  <si>
+    <t>LEVAL-TRAHEGNIES</t>
+  </si>
+  <si>
+    <t>Rue Salvador Allende 63</t>
+  </si>
+  <si>
+    <t>Ecole communale Binche VII</t>
+  </si>
+  <si>
+    <t>Avenue Charbonnage 12</t>
+  </si>
+  <si>
+    <t>7120</t>
+  </si>
+  <si>
+    <t>ESTINNES-AU-VAL</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale communale de Blegny</t>
+  </si>
+  <si>
+    <t>Espace Simone Veil 2</t>
+  </si>
+  <si>
+    <t>4670</t>
+  </si>
+  <si>
+    <t>BLEGNY</t>
+  </si>
+  <si>
+    <t>Ecole primaire communale Prévert</t>
+  </si>
+  <si>
+    <t>Rue René Francq 7</t>
+  </si>
+  <si>
+    <t>1428</t>
+  </si>
+  <si>
+    <t>LILLOIS-WITTERZEE</t>
+  </si>
+  <si>
+    <t>Groupe scolaire communal "l'Orée du bois"</t>
+  </si>
+  <si>
+    <t>Rue de la Tuilerie 3</t>
+  </si>
+  <si>
+    <t>7620</t>
+  </si>
+  <si>
+    <t>GUIGNIES</t>
+  </si>
+  <si>
+    <t>Groupe scolaire communal des Pépinières</t>
+  </si>
+  <si>
+    <t>Rue des Pépinières 3</t>
+  </si>
+  <si>
+    <t>7621</t>
+  </si>
+  <si>
+    <t>LESDAIN</t>
+  </si>
+  <si>
+    <t>Ecole maternelle des Magnolias</t>
+  </si>
+  <si>
+    <t>Av Impératrice Charlotte 2</t>
+  </si>
+  <si>
+    <t>1020</t>
+  </si>
+  <si>
+    <t>LAEKEN</t>
+  </si>
+  <si>
+    <t>Ecole primaire des Magnolias</t>
+  </si>
+  <si>
+    <t>Avenue des Magnolias 1</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale Baron Louis Steens</t>
+  </si>
+  <si>
+    <t>Rue Haute 255</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale communale d'Escanaffles</t>
+  </si>
+  <si>
+    <t>Place d'Escanaffles 19</t>
+  </si>
+  <si>
+    <t>ESCANAFFLES</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale communale</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rue de la Résistance 8A                 </t>
+  </si>
+  <si>
+    <t>7160</t>
+  </si>
+  <si>
+    <t>PIETON</t>
+  </si>
+  <si>
+    <t>Ecole communale n°4 Cobaux</t>
+  </si>
+  <si>
+    <t>Boulevard Paul Janson 61</t>
+  </si>
+  <si>
+    <t>Ecole primaire de Charleroi-Roton</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rue Emile Maufort 1                     </t>
+  </si>
+  <si>
+    <t>Ecole Cobaux maternelle autonome</t>
+  </si>
+  <si>
+    <t>Rue de la Science 39</t>
+  </si>
+  <si>
+    <t>Ecole maternelle de Charleroi Roton</t>
+  </si>
+  <si>
+    <t>Rue Nouvelle, 1</t>
+  </si>
+  <si>
+    <t>Ecole communale Princesse de Liège</t>
+  </si>
+  <si>
+    <t>Avenue du Centenaire 6</t>
+  </si>
+  <si>
+    <t>4053</t>
+  </si>
+  <si>
+    <t>EMBOURG</t>
+  </si>
+  <si>
+    <t>Ecole communale Le Chemin des Enfants</t>
+  </si>
+  <si>
+    <t>Rue de la Barre 5</t>
+  </si>
+  <si>
+    <t>1325</t>
+  </si>
+  <si>
+    <t>CHAUMONT-GISTOUX</t>
+  </si>
+  <si>
+    <t>Ecole communale fondamentale de Tangissart</t>
+  </si>
+  <si>
+    <t>Rue de Villers 26</t>
+  </si>
+  <si>
+    <t>1490</t>
+  </si>
+  <si>
+    <t>COURT-SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>Rue Notre-Dame 4</t>
+  </si>
+  <si>
+    <t>Ecole communale fondamentale de Wisterzée</t>
+  </si>
+  <si>
+    <t>Chaussée de Bruxelles 35A</t>
+  </si>
+  <si>
+    <t>Rue du Neuf Bois 11</t>
+  </si>
+  <si>
+    <t>Ecole communale fondamentale de Sart-Messire-Guillaume</t>
+  </si>
+  <si>
+    <t>Rue de l'Arbre de Justice 4</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale communale d'Anseremme</t>
+  </si>
+  <si>
+    <t>Rue Arthur Defoin 207</t>
+  </si>
+  <si>
+    <t>ANSEREMME</t>
+  </si>
+  <si>
+    <t>Ecole communale fondamentale de Moranfayt</t>
+  </si>
+  <si>
+    <t>Rue du Chêne Brûlé 84</t>
+  </si>
+  <si>
+    <t>7370</t>
+  </si>
+  <si>
+    <t>DOUR</t>
+  </si>
+  <si>
+    <t>Ecole communale Bomal</t>
+  </si>
+  <si>
+    <t>Rue des Ardennes 25</t>
+  </si>
+  <si>
+    <t>6941</t>
+  </si>
+  <si>
+    <t>BOMAL-SUR-OURTHE</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale communale d'Eghezée II</t>
+  </si>
+  <si>
+    <t>Route de Namêche, 12</t>
+  </si>
+  <si>
+    <t>LEUZE</t>
+  </si>
+  <si>
+    <t>Rue du Village 2</t>
+  </si>
+  <si>
+    <t>MARCQ</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale communale d'Esneux</t>
+  </si>
+  <si>
+    <t>Chera de la Gombe 32</t>
+  </si>
+  <si>
+    <t>4130</t>
+  </si>
+  <si>
+    <t>ESNEUX</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale communale de Leers-Nord</t>
+  </si>
+  <si>
+    <t>Rue des Mésanges 22</t>
+  </si>
+  <si>
+    <t>7730</t>
+  </si>
+  <si>
+    <t>LEERS-NORD</t>
+  </si>
+  <si>
+    <t>Ecole communale primaire Paradis des Enfants</t>
+  </si>
+  <si>
+    <t>Avenue Commandant Lothaire 36A</t>
+  </si>
+  <si>
+    <t>1040</t>
+  </si>
+  <si>
+    <t>ETTERBEEK</t>
+  </si>
+  <si>
+    <t>Ecole communale maternelle "Paradis des Enfants"</t>
+  </si>
+  <si>
+    <t>Rue Baron de Castro 61A-1</t>
+  </si>
+  <si>
+    <t>Ecole communale d'Anvaing</t>
+  </si>
+  <si>
+    <t>Chaussée de Renaix 58</t>
+  </si>
+  <si>
+    <t>7910</t>
+  </si>
+  <si>
+    <t>ANVAING</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale communale de Saint-Sauveur</t>
+  </si>
+  <si>
+    <t>Rue des Combattants 24</t>
+  </si>
+  <si>
+    <t>7912</t>
+  </si>
+  <si>
+    <t>SAINT-SAUVEUR</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale communale de Baisy-Thy</t>
+  </si>
+  <si>
+    <t>Rue Godefroid de Bouillon 2</t>
+  </si>
+  <si>
+    <t>1470</t>
+  </si>
+  <si>
+    <t>BAISY-THY</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale communale de Bierset</t>
+  </si>
+  <si>
+    <t>Rue du Village 115-117</t>
+  </si>
+  <si>
+    <t>4460</t>
+  </si>
+  <si>
+    <t>GRACE-HOLLOGNE</t>
+  </si>
+  <si>
+    <t>École communale primaire Fernand Vanbever</t>
+  </si>
+  <si>
+    <t>Rue du Pont au Lin 22</t>
+  </si>
+  <si>
+    <t>1390</t>
+  </si>
+  <si>
+    <t>GREZ-DOICEAU</t>
+  </si>
+  <si>
+    <t>École communale fondamentale Fernand Vanbever</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chaussée de Jodoigne 7                  </t>
+  </si>
+  <si>
+    <t>Ecole communale de Hannut III</t>
+  </si>
+  <si>
+    <t>Rue du Chiroux 18</t>
+  </si>
+  <si>
+    <t>THISNES</t>
+  </si>
+  <si>
+    <t>Rue du Marquat 10</t>
+  </si>
+  <si>
+    <t>MERDORP</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale communale Cascogniers</t>
+  </si>
+  <si>
+    <t>Rue de l'Emancipation 2</t>
+  </si>
+  <si>
+    <t>4041</t>
+  </si>
+  <si>
+    <t>VOTTEM</t>
+  </si>
+  <si>
+    <t>Ecole communale fondamentale</t>
+  </si>
+  <si>
+    <t>Clos des Pommiers 12</t>
+  </si>
+  <si>
+    <t>6990</t>
+  </si>
+  <si>
+    <t>HAMPTEAU</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale communale du Sud</t>
+  </si>
+  <si>
+    <t>Avenue du Hoyoux 7</t>
+  </si>
+  <si>
+    <t>4500</t>
+  </si>
+  <si>
+    <t>HUY</t>
+  </si>
+  <si>
+    <t>Ecole n°7 du Bois de la Cambre  - Marinette De Cloedt</t>
+  </si>
+  <si>
+    <t>Avenue du Bois de la Cambre 173</t>
+  </si>
+  <si>
+    <t>Ecole communale fondamentale de Jodoigne</t>
+  </si>
+  <si>
+    <t>Chaussée de Tirlemont 81</t>
+  </si>
+  <si>
+    <t>1370</t>
+  </si>
+  <si>
+    <t>JODOIGNE</t>
+  </si>
+  <si>
+    <t>Rue Saint-Georges 11</t>
+  </si>
+  <si>
+    <t>SAINT-JEAN-GEEST</t>
+  </si>
+  <si>
+    <t>Ecole fond. communale Haine-St-Paul Redemont et Maurage</t>
+  </si>
+  <si>
+    <t>Place de Maurage 15</t>
+  </si>
+  <si>
+    <t>7110</t>
+  </si>
+  <si>
+    <t>MAURAGE</t>
+  </si>
+  <si>
+    <t>Rue de Nivelles 155</t>
+  </si>
+  <si>
+    <t>STREPY-BRACQUEGNIES</t>
+  </si>
+  <si>
+    <t>Rue Sous-le-Bois 190</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale communale de Besonrieux</t>
+  </si>
+  <si>
+    <t>Rue de Mignault 30</t>
+  </si>
+  <si>
+    <t>Ecole communale Les Galopins</t>
+  </si>
+  <si>
+    <t>Rue des Déportés 15</t>
+  </si>
+  <si>
+    <t>7866</t>
+  </si>
+  <si>
+    <t>OLLIGNIES</t>
+  </si>
+  <si>
+    <t>Ecole d'enseignement bilingue</t>
+  </si>
+  <si>
+    <t>Place de Bois-de-Lessines 5</t>
+  </si>
+  <si>
+    <t>BOIS-DE-LESSINES</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale communale de Leuze n°2</t>
+  </si>
+  <si>
+    <t>Rue du Rempart 19</t>
+  </si>
+  <si>
+    <t>Ecole communale de la Ville de Liège</t>
+  </si>
+  <si>
+    <t>Rue des Grands Prés 202</t>
+  </si>
+  <si>
+    <t>4032</t>
+  </si>
+  <si>
+    <t>CHENEE</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale Jupille-Combattants</t>
+  </si>
+  <si>
+    <t>Place des Combattants 1</t>
+  </si>
+  <si>
+    <t>4020</t>
+  </si>
+  <si>
+    <t>JUPILLE-SUR-MEUSE</t>
+  </si>
+  <si>
+    <t>Groupe scolaire communal primaire et maternel Fétinne</t>
+  </si>
+  <si>
+    <t>Rue des Croix-de-Guerre 2</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale communale Lycée Léonie de Waha</t>
+  </si>
+  <si>
+    <t>Boulevard d'Avroy 96</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale communale Hors Château</t>
+  </si>
+  <si>
+    <t>Rue Hors-Château 69</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale communale A. Bensberg</t>
+  </si>
+  <si>
+    <t>Rue Saint-Gilles 572</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale ordinaire 'Sauvenière'</t>
+  </si>
+  <si>
+    <t>Boulevard de la Sauvenière, 131</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>Ecole communale fondamentale de Hargimont</t>
+  </si>
+  <si>
+    <t>Rue d'Ambly 16 A</t>
+  </si>
+  <si>
+    <t>HARGIMONT</t>
+  </si>
+  <si>
+    <t>La Nouvelle Vague</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rue De Bonne 105                        </t>
+  </si>
+  <si>
+    <t>1080</t>
+  </si>
+  <si>
+    <t>MOLENBEEK-SAINT-JEAN</t>
+  </si>
+  <si>
+    <t>Ecole communale fondamentale Robert André</t>
+  </si>
+  <si>
+    <t>Place A. Dooms 6</t>
+  </si>
+  <si>
+    <t>7012</t>
+  </si>
+  <si>
+    <t>FLENU</t>
+  </si>
+  <si>
+    <t>Rue à Charrettes, 196</t>
+  </si>
+  <si>
+    <t>Centre éducatif européen</t>
+  </si>
+  <si>
+    <t>Rue Léopold 40</t>
+  </si>
+  <si>
+    <t>Rue Cotonnière 17</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale communale de Bouge</t>
+  </si>
+  <si>
+    <t>Route de Hannut 246</t>
+  </si>
+  <si>
+    <t>5021</t>
+  </si>
+  <si>
+    <t>BONINNE</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale communale Belle-Vue</t>
+  </si>
+  <si>
+    <t>Rue de la Luzerne 20</t>
+  </si>
+  <si>
+    <t>5100</t>
+  </si>
+  <si>
+    <t>JAMBES</t>
+  </si>
+  <si>
+    <t>Ecole communale de Rotheux</t>
+  </si>
+  <si>
+    <t>Rue Duchêne 4</t>
+  </si>
+  <si>
+    <t>4120</t>
+  </si>
+  <si>
+    <t>ROTHEUX-RIMIERE</t>
+  </si>
+  <si>
+    <t>Rue de Bouvignes 2</t>
+  </si>
+  <si>
+    <t>5523</t>
+  </si>
+  <si>
+    <t>SOMMIERE</t>
+  </si>
+  <si>
+    <t>Ecole com. JANDRAIN/MARILLES</t>
+  </si>
+  <si>
+    <t>Chaussée de Wavre 59</t>
+  </si>
+  <si>
+    <t>1350</t>
+  </si>
+  <si>
+    <t>JANDRAIN-JANDRENOUILLE</t>
+  </si>
+  <si>
+    <t>Ecole communale fondamentale d'Ottignies</t>
+  </si>
+  <si>
+    <t>Avenue des Combattants 37</t>
+  </si>
+  <si>
+    <t>1340</t>
+  </si>
+  <si>
+    <t>OTTIGNIES-LOUVAIN-LA-NEUVE</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale communale I</t>
+  </si>
+  <si>
+    <t>Rue de Baronhaie, 57</t>
+  </si>
+  <si>
+    <t>4682</t>
+  </si>
+  <si>
+    <t>HEURE-LE-ROMAIN</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale communale de Fays - Paliseul - Framont</t>
+  </si>
+  <si>
+    <t>Rue Chasseurs-Ardennais 8</t>
+  </si>
+  <si>
+    <t>6850</t>
+  </si>
+  <si>
+    <t>PALISEUL</t>
+  </si>
+  <si>
+    <t>Avenue des Combattants 17</t>
+  </si>
+  <si>
+    <t>7740</t>
+  </si>
+  <si>
+    <t>PECQ</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale communale du Centre</t>
+  </si>
+  <si>
+    <t>Rue de la Verte Chasse 5</t>
+  </si>
+  <si>
+    <t>7600</t>
+  </si>
+  <si>
+    <t>PERUWELZ</t>
+  </si>
+  <si>
+    <t>Ecole communale fondam. La Farandole - Thorembais-St-Trond</t>
+  </si>
+  <si>
+    <t>Rue du Culot, 2</t>
+  </si>
+  <si>
+    <t>Ecole communale les Explor'Acteurs</t>
+  </si>
+  <si>
+    <t>Rue de Brabant 45</t>
+  </si>
+  <si>
+    <t>Ecole communale fondamentale de Thorembais-les-Béguines</t>
+  </si>
+  <si>
+    <t>Rue de Mellemont 3</t>
+  </si>
+  <si>
+    <t>THOREMBAIS-LES-BEGUINES</t>
+  </si>
+  <si>
+    <t>Ecole communale de Ramillies</t>
+  </si>
+  <si>
+    <t>Avenue des Déportés 50</t>
+  </si>
+  <si>
+    <t>1367</t>
+  </si>
+  <si>
+    <t>RAMILLIES</t>
+  </si>
+  <si>
+    <t>Ecole communale du Centre</t>
+  </si>
+  <si>
+    <t>Rue des Ecoles 1</t>
+  </si>
+  <si>
+    <t>1330</t>
   </si>
   <si>
     <t>RIXENSART</t>
   </si>
   <si>
-    <t>Ecole fondamentale libre Saint-Augustin - Collège Notre-Dame</t>
-[...224 lines deleted...]
-    <t>4670</t>
+    <t>Groupe scolaire communal fondamental de Tertre</t>
+  </si>
+  <si>
+    <t>Rue du Presbytère 2</t>
+  </si>
+  <si>
+    <t>7334</t>
+  </si>
+  <si>
+    <t>VILLEROT</t>
+  </si>
+  <si>
+    <t>Ecole communale de Douvrain</t>
+  </si>
+  <si>
+    <t>Rue Louis Caty 133</t>
+  </si>
+  <si>
+    <t>7331</t>
+  </si>
+  <si>
+    <t>BAUDOUR</t>
+  </si>
+  <si>
+    <t>Rue de l'Ecole, 16</t>
+  </si>
+  <si>
+    <t>Ecole les Quatre Saisons</t>
+  </si>
+  <si>
+    <t>Place de Bethléem 10</t>
+  </si>
+  <si>
+    <t>1060</t>
+  </si>
+  <si>
+    <t>SAINT-GILLES</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale communale Paul Verlaine 1</t>
+  </si>
+  <si>
+    <t>Rue Wacomont 28</t>
+  </si>
+  <si>
+    <t>6870</t>
+  </si>
+  <si>
+    <t>ARVILLE</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale communale d'Arsimont et Auvelais</t>
+  </si>
+  <si>
+    <t>5060</t>
+  </si>
+  <si>
+    <t>ARSIMONT</t>
+  </si>
+  <si>
+    <t>Avenue du Cimetière 18</t>
+  </si>
+  <si>
+    <t>AUVELAIS</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale communale de Keumiée</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rue Léopold Lebrun 14-2                 </t>
+  </si>
+  <si>
+    <t>KEUMIEE</t>
+  </si>
+  <si>
+    <t>Ecole communale de Familleureux</t>
+  </si>
+  <si>
+    <t>Rue Ferrer 106</t>
+  </si>
+  <si>
+    <t>7181</t>
+  </si>
+  <si>
+    <t>FAMILLEUREUX</t>
+  </si>
+  <si>
+    <t>Ecole communale primaire autonome en immersion néerlandais</t>
+  </si>
+  <si>
+    <t>Avenue du Centenaire 27</t>
+  </si>
+  <si>
+    <t>4102</t>
+  </si>
+  <si>
+    <t>OUGREE</t>
+  </si>
+  <si>
+    <t>Ecole maternelle autonome</t>
+  </si>
+  <si>
+    <t>Avenue du Centenaire 29</t>
+  </si>
+  <si>
+    <t>Ecole communale de Silly</t>
+  </si>
+  <si>
+    <t>Rue de l'Enseignement 1</t>
+  </si>
+  <si>
+    <t>7830</t>
+  </si>
+  <si>
+    <t>THORICOURT</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale communale Paris</t>
+  </si>
+  <si>
+    <t>Rue du Sondart 12</t>
+  </si>
+  <si>
+    <t>7500</t>
+  </si>
+  <si>
+    <t>TOURNAI</t>
+  </si>
+  <si>
+    <t>Ecole communale fondamentale de Clabecq</t>
+  </si>
+  <si>
+    <t>Rue Jean Wautrequin 7</t>
+  </si>
+  <si>
+    <t>1480</t>
+  </si>
+  <si>
+    <t>CLABECQ</t>
+  </si>
+  <si>
+    <t>Square René Larcier 7</t>
+  </si>
+  <si>
+    <t>Ecole communale fondamentale de Saintes</t>
+  </si>
+  <si>
+    <t>Rue de Rebecq 77</t>
+  </si>
+  <si>
+    <t>SAINTES</t>
+  </si>
+  <si>
+    <t>Ecole communale primaire du Homborch</t>
+  </si>
+  <si>
+    <t>Avenue d'Homborchveld 34</t>
+  </si>
+  <si>
+    <t>1180</t>
+  </si>
+  <si>
+    <t>UCCLE</t>
+  </si>
+  <si>
+    <t>Ecole communale fondam. du Homborch - Petite section</t>
+  </si>
+  <si>
+    <t>Avenue du Homborchveld 32</t>
+  </si>
+  <si>
+    <t>Rue de Tongres 10</t>
+  </si>
+  <si>
+    <t>4600</t>
+  </si>
+  <si>
+    <t>VISE</t>
+  </si>
+  <si>
+    <t>Ecole communale des Charmilles</t>
+  </si>
+  <si>
+    <t>Rue des Marronniers 29</t>
+  </si>
+  <si>
+    <t>5651</t>
+  </si>
+  <si>
+    <t>THY-LE-CHATEAU</t>
+  </si>
+  <si>
+    <t>Ecole communale fondamentale de Waremme II</t>
+  </si>
+  <si>
+    <t>Rue Mulhoff 70B</t>
+  </si>
+  <si>
+    <t>4300</t>
+  </si>
+  <si>
+    <t>BETTINCOURT</t>
+  </si>
+  <si>
+    <t>Ecole communale fondamentale Mont-Saint-Jean</t>
+  </si>
+  <si>
+    <t>Rue du Ménil 3</t>
+  </si>
+  <si>
+    <t>1410</t>
+  </si>
+  <si>
+    <t>WATERLOO</t>
+  </si>
+  <si>
+    <t>Ecole communale Les Cèdres</t>
+  </si>
+  <si>
+    <t>Rue du Gruyer 8</t>
+  </si>
+  <si>
+    <t>1170</t>
+  </si>
+  <si>
+    <t>WATERMAEL-BOITSFORT</t>
+  </si>
+  <si>
+    <t>Rue du Loutrier 47</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale Van Meyel</t>
+  </si>
+  <si>
+    <t>Avenue Georges Henri 224</t>
+  </si>
+  <si>
+    <t>1200</t>
+  </si>
+  <si>
+    <t>WOLUWE-SAINT-LAMBERT</t>
+  </si>
+  <si>
+    <t>École Parc Malou - Robert Maistriau</t>
+  </si>
+  <si>
+    <t>Rue Joseph Aernaut 11</t>
+  </si>
+  <si>
+    <t>Ecole communale du Chant d'Oiseau</t>
+  </si>
+  <si>
+    <t>Avenue des Eperviers 62</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale Centre</t>
+  </si>
+  <si>
+    <t>Avenue Charles Thielemans 30</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale annexée Ath</t>
+  </si>
+  <si>
+    <t>Rue du Collège 5</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale annexée Aywaille</t>
+  </si>
+  <si>
+    <t>Rue de l'Yser 15</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale annexée Glons</t>
+  </si>
+  <si>
+    <t>Rue du Lycée 16</t>
+  </si>
+  <si>
+    <t>4690</t>
+  </si>
+  <si>
+    <t>GLONS</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale annexée Beaumont</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chaussée de Chimay 20                   </t>
+  </si>
+  <si>
+    <t>6500</t>
+  </si>
+  <si>
+    <t>BEAUMONT</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale annexée A.R. de Braine-l'Alleud</t>
+  </si>
+  <si>
+    <t>Avenue Alphonse Allard 105</t>
+  </si>
+  <si>
+    <t>1420</t>
   </si>
   <si>
     <t>BRAINE-L'ALLEUD</t>
   </si>
   <si>
-    <t>Ecole primaire communale Prévert</t>
-[...518 lines deleted...]
-    <t xml:space="preserve">Rue De Bonne 105                        </t>
+    <t>Ecole fondamentale autonome de Ciplet - Burdinne</t>
+  </si>
+  <si>
+    <t>Rue de la Fontaine 5</t>
+  </si>
+  <si>
+    <t>4210</t>
+  </si>
+  <si>
+    <t>BURDINNE</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale annexée Gatti de Gamond - Bruxelles</t>
+  </si>
+  <si>
+    <t>Rue du Couvent, 2</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale autonome Gentinnes</t>
+  </si>
+  <si>
+    <t>Place de Gentinnes 14</t>
+  </si>
+  <si>
+    <t>1450</t>
+  </si>
+  <si>
+    <t>GENTINNES</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale autonome de Crisnée La Buissonnière</t>
+  </si>
+  <si>
+    <t>Rue Jean Stassart 15</t>
+  </si>
+  <si>
+    <t>4367</t>
+  </si>
+  <si>
+    <t>FIZE-LE-MARSAL</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale annexée AR Dinant-Herbuchenne</t>
+  </si>
+  <si>
+    <t>Rue Saint-Pierre 90</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale annexée Enghien</t>
+  </si>
+  <si>
+    <t>Rue Montgomery 73</t>
+  </si>
+  <si>
+    <t>Rue de la Station 51</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale annexée Florennes</t>
+  </si>
+  <si>
+    <t>Rue Gérard de Cambrai</t>
+  </si>
+  <si>
+    <t>5620</t>
+  </si>
+  <si>
+    <t>FLORENNES</t>
+  </si>
+  <si>
+    <t>Ecole primaire annexée Gembloux</t>
+  </si>
+  <si>
+    <t>Rue Gustave Docq 26</t>
+  </si>
+  <si>
+    <t>Ecole maternelle annexée à l'Athénée Royal de Gembloux</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Place Saint-Guibert 9                   </t>
+  </si>
+  <si>
+    <t>Av de la Charte d'Otton 1</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale autonome de Gesves</t>
+  </si>
+  <si>
+    <t>Chaussée de Gramptinne 118</t>
+  </si>
+  <si>
+    <t>5340</t>
+  </si>
+  <si>
+    <t>GESVES</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale annexée Hannut</t>
+  </si>
+  <si>
+    <t>Rue des Aisnes 2</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale autonome de Herve</t>
+  </si>
+  <si>
+    <t>Rue des Ecoles 23</t>
+  </si>
+  <si>
+    <t>4650</t>
+  </si>
+  <si>
+    <t>HERVE</t>
+  </si>
+  <si>
+    <t>Rue d'Aubel 9</t>
+  </si>
+  <si>
+    <t>4651</t>
+  </si>
+  <si>
+    <t>BATTICE</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale annexée Jodoigne</t>
+  </si>
+  <si>
+    <t>Rue de Piétrain 22A</t>
+  </si>
+  <si>
+    <t>Chaussée de Hannut, 129</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale autonome Les Bons Villers</t>
+  </si>
+  <si>
+    <t>Rue Zéphirin Flandre 10</t>
+  </si>
+  <si>
+    <t>6210</t>
+  </si>
+  <si>
+    <t>FRASNES-LEZ-GOSSELIES</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale autonome de la CF 'Duc de Marlborough'</t>
+  </si>
+  <si>
+    <t>Rue Guillaume Maisier 56</t>
+  </si>
+  <si>
+    <t>4830</t>
+  </si>
+  <si>
+    <t>LIMBOURG</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale annexée Malmedy</t>
+  </si>
+  <si>
+    <t>Route de Falize 21</t>
+  </si>
+  <si>
+    <t>4960</t>
+  </si>
+  <si>
+    <t>MALMEDY</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale autonome de Martelange</t>
+  </si>
+  <si>
+    <t>Rue de la Poste 10B</t>
+  </si>
+  <si>
+    <t>6630</t>
+  </si>
+  <si>
+    <t>MARTELANGE</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale autonome de Mettet</t>
+  </si>
+  <si>
+    <t>Rue Croix de Bourgogne 12</t>
+  </si>
+  <si>
+    <t>5640</t>
+  </si>
+  <si>
+    <t>METTET</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale annexée Marguerite Bervoets Mons</t>
+  </si>
+  <si>
+    <t>Av du Gouverneur Emile Cornez, 1</t>
+  </si>
+  <si>
+    <t>7000</t>
   </si>
   <si>
     <t>MONS</t>
   </si>
   <si>
-    <t>Ecole communale fondamentale Robert André</t>
-[...176 lines deleted...]
-    <t>1330</t>
+    <t>Ecole fondamentale annexée Namur</t>
+  </si>
+  <si>
+    <t>Rue Lelièvre 10</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale Arsène Geubel annexée Neufchateau</t>
+  </si>
+  <si>
+    <t>Grand-Place 10</t>
+  </si>
+  <si>
+    <t>6840</t>
+  </si>
+  <si>
+    <t>NEUFCHATEAU</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale annexée Paul Delvaux - Ottignies</t>
+  </si>
+  <si>
+    <t>Avenue Armand Bontemps 2</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale annexée Rixensart</t>
+  </si>
+  <si>
+    <t>Chaussée de Rixensart 9</t>
+  </si>
+  <si>
+    <t>Rue Albert Croy 3</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale autonome de Taintignies</t>
+  </si>
+  <si>
+    <t>Rue des Bois 31</t>
+  </si>
+  <si>
+    <t>7618</t>
+  </si>
+  <si>
+    <t>TAINTIGNIES</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale annexée Saint-Ghislain</t>
+  </si>
+  <si>
+    <t>Avenue de l'Enseignement 20</t>
+  </si>
+  <si>
+    <t>7330</t>
   </si>
   <si>
     <t>SAINT-GHISLAIN</t>
   </si>
   <si>
-    <t>Groupe scolaire communal fondamental de Tertre</t>
-[...83 lines deleted...]
-    <t>FAMILLEUREUX</t>
+    <t>Ecole primaire annexée Seraing - Air Pur</t>
+  </si>
+  <si>
+    <t>Rue des Nations-Unies 1</t>
+  </si>
+  <si>
+    <t>4100</t>
   </si>
   <si>
     <t>SERAING</t>
   </si>
   <si>
-    <t>Ecole communale primaire autonome en immersion néerlandais</t>
-[...38 lines deleted...]
-    <t>7500</t>
+    <t>Ecole fondamentale annexée Spa</t>
+  </si>
+  <si>
+    <t>Boulevard Rener</t>
+  </si>
+  <si>
+    <t>4900</t>
+  </si>
+  <si>
+    <t>SPA</t>
+  </si>
+  <si>
+    <t>A.R.R Campin section maternelle</t>
+  </si>
+  <si>
+    <t>Boulevard Léopold 6</t>
+  </si>
+  <si>
+    <t>Ecole primaire annexée Robert Campin Tournai</t>
+  </si>
+  <si>
+    <t>Rue du Château 18</t>
+  </si>
+  <si>
+    <t>Ecole fondamentale autonome Tubize - Renard</t>
+  </si>
+  <si>
+    <t>Rue des Frères Taymans 181</t>
   </si>
   <si>
     <t>TUBIZE</t>
   </si>
   <si>
-    <t>Ecole communale fondamentale de Clabecq</t>
-[...469 lines deleted...]
-  <si>
     <t>Ecole fondamentale annexée Verdi</t>
   </si>
   <si>
     <t>Rue Jean Kurtz 9</t>
   </si>
   <si>
     <t>4801</t>
   </si>
   <si>
     <t>STEMBERT</t>
   </si>
   <si>
     <t>Ecole fondamentale annexée Visé</t>
   </si>
   <si>
     <t>Avenue des Combattants 10</t>
   </si>
   <si>
+    <t>Ecole fondamentale annexée Rixensart - Wavre</t>
+  </si>
+  <si>
+    <t>Avenue Henri Lepage 4-6</t>
+  </si>
+  <si>
+    <t>1300</t>
+  </si>
+  <si>
     <t>WAVRE</t>
   </si>
   <si>
-    <t>Ecole fondamentale annexée Rixensart - Wavre</t>
-[...7 lines deleted...]
-  <si>
     <t>Rue Charles Sambon 40</t>
   </si>
   <si>
+    <t>Ecole fondamentale annexée Welkenraedt</t>
+  </si>
+  <si>
+    <t>Rue Gérard Delvoye 2</t>
+  </si>
+  <si>
+    <t>4840</t>
+  </si>
+  <si>
     <t>WELKENRAEDT</t>
   </si>
   <si>
-    <t>Ecole fondamentale annexée Welkenraedt</t>
-[...17 lines deleted...]
-    <t>Localité</t>
+    <t>Langue complète</t>
+  </si>
+  <si>
+    <t>Abréviation</t>
+  </si>
+  <si>
+    <t>Anglais</t>
+  </si>
+  <si>
+    <t>Néerlandais</t>
+  </si>
+  <si>
+    <t>Allemand</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="6" x14ac:knownFonts="1">
+  <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="9"/>
+      <sz val="11"/>
       <color rgb="FFFFFFFF"/>
-      <name val="Arial"/>
-[...15 lines deleted...]
-      <color theme="1"/>
       <name val="Roboto"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="FFFFFFFF"/>
-      <name val="Arial"/>
-      <family val="2"/>
+      <name val="Roboto"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Roboto"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Roboto"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF5175B9"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="3">
+  <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color rgb="FFCACAD9"/>
+        <color indexed="64"/>
       </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
       <right style="thin">
-        <color rgb="FFCACAD9"/>
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
-        <color rgb="FFCACAD9"/>
+        <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color rgb="FFCAC9D9"/>
+        <color indexed="64"/>
       </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
       <right style="thin">
-        <color rgb="FFCAC9D9"/>
+        <color indexed="64"/>
       </right>
       <top style="thin">
-        <color rgb="FFCAC9D9"/>
+        <color indexed="64"/>
       </top>
-      <bottom style="thin">
-[...1 lines deleted...]
-      </bottom>
+      <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="6">
+  <cellXfs count="13">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="49" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="49" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left"/>
+    <xf numFmtId="49" fontId="1" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left"/>
+    <xf numFmtId="49" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="left"/>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="10">
+  <dxfs count="9">
     <dxf>
       <font>
-        <b val="0"/>
-        <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="9"/>
+        <sz val="11"/>
         <color rgb="FF000000"/>
-        <name val="Arial"/>
+        <name val="Roboto"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="30" formatCode="@"/>
       <fill>
-        <patternFill patternType="none">
+        <patternFill>
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-[...13 lines deleted...]
-      </border>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
-        <b val="0"/>
-        <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="9"/>
+        <sz val="11"/>
         <color rgb="FF000000"/>
-        <name val="Arial"/>
+        <name val="Roboto"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="30" formatCode="@"/>
       <fill>
-        <patternFill patternType="none">
+        <patternFill>
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-[...13 lines deleted...]
-      </border>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
-        <b val="0"/>
-        <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="9"/>
+        <sz val="11"/>
         <color rgb="FF000000"/>
-        <name val="Arial"/>
+        <name val="Roboto"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="30" formatCode="@"/>
       <fill>
-        <patternFill patternType="none">
+        <patternFill>
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-[...13 lines deleted...]
-      </border>
+      <alignment horizontal="left" vertical="bottom"/>
     </dxf>
     <dxf>
       <font>
-        <b val="0"/>
-        <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="9"/>
+        <sz val="11"/>
         <color rgb="FF000000"/>
-        <name val="Arial"/>
+        <name val="Roboto"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="30" formatCode="@"/>
       <fill>
-        <patternFill patternType="none">
+        <patternFill>
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-[...13 lines deleted...]
-      </border>
+      <alignment horizontal="left" vertical="bottom"/>
     </dxf>
     <dxf>
       <font>
-        <b val="0"/>
-        <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="9"/>
+        <sz val="11"/>
         <color rgb="FF000000"/>
-        <name val="Arial"/>
+        <name val="Roboto"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="30" formatCode="@"/>
       <fill>
-        <patternFill patternType="none">
+        <patternFill>
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-[...13 lines deleted...]
-      </border>
+      <alignment horizontal="left" vertical="bottom"/>
     </dxf>
     <dxf>
       <font>
-        <b val="0"/>
-        <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="9"/>
+        <sz val="11"/>
         <color rgb="FF000000"/>
-        <name val="Arial"/>
+        <name val="Roboto"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="30" formatCode="@"/>
       <fill>
-        <patternFill patternType="none">
+        <patternFill>
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
+      <alignment horizontal="left" vertical="bottom"/>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
-          <color rgb="FFCAC9D9"/>
+          <color indexed="64"/>
         </left>
         <right style="thin">
-          <color rgb="FFCAC9D9"/>
+          <color indexed="64"/>
         </right>
         <top style="thin">
-          <color rgb="FFCAC9D9"/>
+          <color indexed="64"/>
         </top>
         <bottom style="thin">
-          <color rgb="FFCAC9D9"/>
-[...16 lines deleted...]
-          <color rgb="FFCAC9D9"/>
+          <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
-        <b val="0"/>
-        <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="9"/>
+        <sz val="11"/>
         <color rgb="FF000000"/>
-        <name val="Arial"/>
+        <name val="Roboto"/>
         <scheme val="none"/>
       </font>
+      <numFmt numFmtId="30" formatCode="@"/>
       <fill>
-        <patternFill patternType="none">
+        <patternFill>
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="left" vertical="bottom"/>
     </dxf>
     <dxf>
       <font>
         <b/>
-        <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
-        <sz val="9"/>
+        <sz val="11"/>
         <color rgb="FFFFFFFF"/>
-        <name val="Arial"/>
+        <name val="Roboto"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="30" formatCode="@"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFFFFFFF"/>
           <bgColor rgb="FF5175B9"/>
         </patternFill>
       </fill>
-      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border outline="0">
         <left style="thin">
           <color rgb="FFCACAD9"/>
         </left>
         <right style="thin">
           <color rgb="FFCACAD9"/>
         </right>
         <top/>
         <bottom/>
       </border>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{0DB8C989-58C2-4821-AA5C-1BC6688F69AA}" name="Tableau1" displayName="Tableau1" ref="A2:F227" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8" headerRowBorderDxfId="6" tableBorderDxfId="7">
-  <autoFilter ref="A2:F227" xr:uid="{0DB8C989-58C2-4821-AA5C-1BC6688F69AA}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{FCC2988A-D6C3-4296-847B-8615CF6EBE17}" name="Tableau1" displayName="Tableau1" ref="A1:F226" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7" tableBorderDxfId="6">
+  <autoFilter ref="A1:F226" xr:uid="{FCC2988A-D6C3-4296-847B-8615CF6EBE17}"/>
   <tableColumns count="6">
-    <tableColumn id="6" xr3:uid="{74D99644-7CF3-4DF7-B4B9-A76EE7BF87B6}" name="Nom Etablissement" dataDxfId="5"/>
-[...4 lines deleted...]
-    <tableColumn id="19" xr3:uid="{9C00E16F-A8F7-460C-AD53-53D74618AC1E}" name="Langue Immersion2" dataDxfId="0"/>
+    <tableColumn id="6" xr3:uid="{2A39C8F1-8CA2-4E50-B6F0-C7645218FADF}" name="Nom Établissement" dataDxfId="5"/>
+    <tableColumn id="14" xr3:uid="{155D80DA-4306-4348-9962-533AC2A8512A}" name="Adresse" dataDxfId="4"/>
+    <tableColumn id="15" xr3:uid="{20C6EC00-D772-4B20-BB25-CBEA729265FA}" name="Code postal" dataDxfId="3"/>
+    <tableColumn id="16" xr3:uid="{4D8C58D4-A57D-4E7C-A91F-1F0B16449191}" name="Localité" dataDxfId="2"/>
+    <tableColumn id="18" xr3:uid="{5020F401-FE68-4D34-8CD7-903903FCE4A6}" name="Langue 1" dataDxfId="1"/>
+    <tableColumn id="19" xr3:uid="{F9BD2EA3-15A8-4BF5-A158-56203A7DAE07}" name="Langue 2" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -2886,4417 +2850,4230 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2F56806D-3063-4DA0-A4A9-C07F825873DA}">
-  <dimension ref="A1:F227"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AADE0E8D-79AB-48C6-9AC4-181F20D5EE20}">
+  <dimension ref="A1:F231"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B14" sqref="B14"/>
+    <sheetView tabSelected="1" topLeftCell="A209" workbookViewId="0">
+      <selection activeCell="I222" sqref="I222"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="38.28515625" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="6" max="6" width="20" customWidth="1"/>
+    <col min="1" max="1" width="58.44140625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="32.6640625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="9.33203125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="30" bestFit="1" customWidth="1"/>
+    <col min="5" max="6" width="13" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A1" s="4" t="s">
+    <row r="1" spans="1:6" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A1" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" s="4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A2" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B2" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C2" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="D2" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E2" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F2" s="6"/>
+    </row>
+    <row r="3" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A3" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B3" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="C3" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="D3" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E3" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F3" s="6"/>
+    </row>
+    <row r="4" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A4" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="E4" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F4" s="6"/>
+    </row>
+    <row r="5" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A5" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C5" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F5" s="6"/>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A6" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="B6" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F6" s="6"/>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A7" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="C7" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F7" s="6"/>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A8" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B8" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C8" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F8" s="6"/>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A9" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B9" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C9" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E9" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F9" s="6"/>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A10" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="B10" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C10" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F10" s="6"/>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A11" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="B11" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C11" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F11" s="6"/>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A12" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="B12" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="C12" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E12" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F12" s="6"/>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A13" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="B13" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C13" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E13" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F13" s="6"/>
+    </row>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A14" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B14" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C14" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D14" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E14" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F14" s="6"/>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A15" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B15" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C15" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D15" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E15" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F15" s="6"/>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A16" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B16" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C16" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D16" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E16" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F16" s="6"/>
+    </row>
+    <row r="17" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A17" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B17" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C17" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D17" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E17" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F17" s="6"/>
+    </row>
+    <row r="18" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A18" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B18" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C18" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D18" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E18" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F18" s="6"/>
+    </row>
+    <row r="19" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A19" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="B19" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="C19" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D19" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E19" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F19" s="6"/>
+    </row>
+    <row r="20" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A20" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="B20" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="C20" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D20" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E20" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F20" s="6"/>
+    </row>
+    <row r="21" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A21" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="B21" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="C21" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D21" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="E21" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F21" s="6"/>
+    </row>
+    <row r="22" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A22" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="B22" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="C22" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="D22" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F22" s="6"/>
+    </row>
+    <row r="23" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A23" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="B23" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="C23" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="D23" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="E23" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F23" s="6"/>
+    </row>
+    <row r="24" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A24" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="B24" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="C24" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="D24" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="E24" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F24" s="6"/>
+    </row>
+    <row r="25" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A25" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="B25" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="C25" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="E25" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F25" s="6"/>
+    </row>
+    <row r="26" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A26" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="B26" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="C26" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="D26" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="E26" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F26" s="6"/>
+    </row>
+    <row r="27" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A27" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="B27" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="C27" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="D27" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="E27" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F27" s="6"/>
+    </row>
+    <row r="28" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A28" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="B28" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="C28" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="D28" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="E28" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F28" s="6"/>
+    </row>
+    <row r="29" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A29" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="B29" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="C29" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="D29" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="E29" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F29" s="6"/>
+    </row>
+    <row r="30" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A30" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="B30" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="C30" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="D30" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="E30" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F30" s="6"/>
+    </row>
+    <row r="31" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A31" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="B31" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="C31" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="D31" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="E31" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F31" s="6"/>
+    </row>
+    <row r="32" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A32" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="B32" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="C32" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="D32" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="E32" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F32" s="6"/>
+    </row>
+    <row r="33" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A33" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="B33" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="C33" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="D33" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E33" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F33" s="6"/>
+    </row>
+    <row r="34" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A34" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="B34" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="C34" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="D34" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F34" s="6"/>
+    </row>
+    <row r="35" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A35" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="B35" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="C35" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="D35" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="E35" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F35" s="6"/>
+    </row>
+    <row r="36" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A36" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="B36" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="C36" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="D36" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="E36" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F36" s="6"/>
+    </row>
+    <row r="37" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A37" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="B37" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="C37" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="D37" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="E37" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F37" s="6"/>
+    </row>
+    <row r="38" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A38" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="B38" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="C38" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="D38" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="E38" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F38" s="6"/>
+    </row>
+    <row r="39" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A39" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="B39" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="C39" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="D39" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="E39" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F39" s="6"/>
+    </row>
+    <row r="40" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A40" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="B40" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="C40" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="D40" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="E40" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F40" s="6"/>
+    </row>
+    <row r="41" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A41" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="B41" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="C41" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="D41" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="E41" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F41" s="6"/>
+    </row>
+    <row r="42" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A42" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="B42" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="C42" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="D42" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="E42" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F42" s="6"/>
+    </row>
+    <row r="43" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A43" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="B43" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="C43" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="D43" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="E43" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F43" s="6"/>
+    </row>
+    <row r="44" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A44" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="B44" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="C44" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="D44" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="E44" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F44" s="6"/>
+    </row>
+    <row r="45" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A45" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="B45" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="C45" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="D45" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="E45" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F45" s="6"/>
+    </row>
+    <row r="46" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A46" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="B46" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="C46" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="E46" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F46" s="6"/>
+    </row>
+    <row r="47" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A47" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="B47" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="C47" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="D47" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="E47" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F47" s="6"/>
+    </row>
+    <row r="48" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A48" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="B48" s="5" t="s">
+        <v>144</v>
+      </c>
+      <c r="C48" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="D48" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="E48" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F48" s="6"/>
+    </row>
+    <row r="49" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A49" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="B49" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="C49" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="D49" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="E49" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F49" s="6"/>
+    </row>
+    <row r="50" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A50" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="B50" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="C50" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="D50" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="E50" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F50" s="6"/>
+    </row>
+    <row r="51" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A51" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="B51" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="C51" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="D51" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="E51" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F51" s="6"/>
+    </row>
+    <row r="52" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A52" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="B52" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="C52" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="D52" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="E52" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F52" s="6"/>
+    </row>
+    <row r="53" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A53" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="B53" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="C53" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="D53" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="E53" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F53" s="6"/>
+    </row>
+    <row r="54" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A54" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="B54" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="C54" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="D54" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="E54" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F54" s="6"/>
+    </row>
+    <row r="55" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A55" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="B55" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="C55" s="5" t="s">
+        <v>167</v>
+      </c>
+      <c r="D55" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="E55" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F55" s="6"/>
+    </row>
+    <row r="56" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A56" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="B56" s="5" t="s">
+        <v>170</v>
+      </c>
+      <c r="C56" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="D56" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="E56" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F56" s="6"/>
+    </row>
+    <row r="57" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A57" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="B57" s="5" t="s">
+        <v>174</v>
+      </c>
+      <c r="C57" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="D57" s="5" t="s">
+        <v>176</v>
+      </c>
+      <c r="E57" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F57" s="6"/>
+    </row>
+    <row r="58" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A58" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="B58" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="C58" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="D58" s="5" t="s">
+        <v>176</v>
+      </c>
+      <c r="E58" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F58" s="6"/>
+    </row>
+    <row r="59" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A59" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="B59" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="C59" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="D59" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="E59" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F59" s="6"/>
+    </row>
+    <row r="60" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A60" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="B60" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="C60" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="D60" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="E60" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F60" s="6"/>
+    </row>
+    <row r="61" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A61" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="B61" s="5" t="s">
+        <v>188</v>
+      </c>
+      <c r="C61" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="D61" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="E61" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F61" s="6"/>
+    </row>
+    <row r="62" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A62" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="B62" s="5" t="s">
+        <v>192</v>
+      </c>
+      <c r="C62" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="D62" s="5" t="s">
+        <v>194</v>
+      </c>
+      <c r="E62" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F62" s="6"/>
+    </row>
+    <row r="63" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A63" s="5" t="s">
+        <v>195</v>
+      </c>
+      <c r="B63" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="C63" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="D63" s="5" t="s">
+        <v>198</v>
+      </c>
+      <c r="E63" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F63" s="6"/>
+    </row>
+    <row r="64" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A64" s="5" t="s">
+        <v>199</v>
+      </c>
+      <c r="B64" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="C64" s="5" t="s">
+        <v>201</v>
+      </c>
+      <c r="D64" s="5" t="s">
+        <v>202</v>
+      </c>
+      <c r="E64" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F64" s="6"/>
+    </row>
+    <row r="65" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A65" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="B65" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="C65" s="5" t="s">
+        <v>201</v>
+      </c>
+      <c r="D65" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="E65" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F65" s="6"/>
+    </row>
+    <row r="66" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A66" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="B66" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="C66" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="D66" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="E66" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F66" s="6"/>
+    </row>
+    <row r="67" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A67" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="B67" s="5" t="s">
+        <v>211</v>
+      </c>
+      <c r="C67" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="D67" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="E67" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F67" s="6"/>
+    </row>
+    <row r="68" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A68" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="B68" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="C68" s="5" t="s">
+        <v>216</v>
+      </c>
+      <c r="D68" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="E68" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F68" s="6"/>
+    </row>
+    <row r="69" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A69" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="B69" s="5" t="s">
+        <v>219</v>
+      </c>
+      <c r="C69" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D69" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E69" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F69" s="6"/>
+    </row>
+    <row r="70" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A70" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="B70" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="C70" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="D70" s="5" t="s">
+        <v>223</v>
+      </c>
+      <c r="E70" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F70" s="6"/>
+    </row>
+    <row r="71" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A71" s="5" t="s">
+        <v>224</v>
+      </c>
+      <c r="B71" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="C71" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="D71" s="5" t="s">
+        <v>227</v>
+      </c>
+      <c r="E71" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F71" s="6" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A72" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="B72" s="5" t="s">
+        <v>229</v>
+      </c>
+      <c r="C72" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="D72" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="E72" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F72" s="6"/>
+    </row>
+    <row r="73" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A73" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="B73" s="5" t="s">
+        <v>232</v>
+      </c>
+      <c r="C73" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="D73" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="E73" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F73" s="6"/>
+    </row>
+    <row r="74" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A74" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="B74" s="5" t="s">
+        <v>234</v>
+      </c>
+      <c r="C74" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="D74" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="E74" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F74" s="6"/>
+    </row>
+    <row r="75" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A75" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="B75" s="5" t="s">
+        <v>238</v>
+      </c>
+      <c r="C75" s="5" t="s">
+        <v>239</v>
+      </c>
+      <c r="D75" s="5" t="s">
+        <v>240</v>
+      </c>
+      <c r="E75" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F75" s="6"/>
+    </row>
+    <row r="76" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A76" s="5" t="s">
+        <v>241</v>
+      </c>
+      <c r="B76" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="C76" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="D76" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="E76" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F76" s="6"/>
+    </row>
+    <row r="77" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A77" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="B77" s="5" t="s">
+        <v>246</v>
+      </c>
+      <c r="C77" s="5" t="s">
+        <v>247</v>
+      </c>
+      <c r="D77" s="5" t="s">
+        <v>248</v>
+      </c>
+      <c r="E77" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F77" s="6"/>
+    </row>
+    <row r="78" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A78" s="5" t="s">
+        <v>249</v>
+      </c>
+      <c r="B78" s="5" t="s">
+        <v>250</v>
+      </c>
+      <c r="C78" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="D78" s="5" t="s">
+        <v>252</v>
+      </c>
+      <c r="E78" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F78" s="6"/>
+    </row>
+    <row r="79" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A79" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="B79" s="5" t="s">
+        <v>254</v>
+      </c>
+      <c r="C79" s="5" t="s">
+        <v>255</v>
+      </c>
+      <c r="D79" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="E79" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F79" s="6"/>
+    </row>
+    <row r="80" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A80" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="B80" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="C80" s="5" t="s">
+        <v>255</v>
+      </c>
+      <c r="D80" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="E80" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F80" s="6"/>
+    </row>
+    <row r="81" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A81" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="B81" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="C81" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D81" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E81" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F81" s="6"/>
+    </row>
+    <row r="82" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A82" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="B82" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="C82" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="D82" s="5" t="s">
+        <v>263</v>
+      </c>
+      <c r="E82" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F82" s="6"/>
+    </row>
+    <row r="83" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A83" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="B83" s="5" t="s">
+        <v>265</v>
+      </c>
+      <c r="C83" s="5" t="s">
+        <v>266</v>
+      </c>
+      <c r="D83" s="5" t="s">
+        <v>267</v>
+      </c>
+      <c r="E83" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F83" s="6"/>
+    </row>
+    <row r="84" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A84" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="B84" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="C84" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D84" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E84" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F84" s="6"/>
+    </row>
+    <row r="85" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A85" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="B85" s="5" t="s">
+        <v>271</v>
+      </c>
+      <c r="C85" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D85" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E85" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F85" s="6"/>
+    </row>
+    <row r="86" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A86" s="5" t="s">
+        <v>272</v>
+      </c>
+      <c r="B86" s="5" t="s">
+        <v>273</v>
+      </c>
+      <c r="C86" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D86" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E86" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F86" s="6"/>
+    </row>
+    <row r="87" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A87" s="5" t="s">
+        <v>274</v>
+      </c>
+      <c r="B87" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="C87" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D87" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E87" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F87" s="6"/>
+    </row>
+    <row r="88" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A88" s="5" t="s">
+        <v>276</v>
+      </c>
+      <c r="B88" s="5" t="s">
+        <v>277</v>
+      </c>
+      <c r="C88" s="5" t="s">
+        <v>278</v>
+      </c>
+      <c r="D88" s="5" t="s">
+        <v>279</v>
+      </c>
+      <c r="E88" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F88" s="6"/>
+    </row>
+    <row r="89" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A89" s="5" t="s">
+        <v>280</v>
+      </c>
+      <c r="B89" s="5" t="s">
+        <v>281</v>
+      </c>
+      <c r="C89" s="5" t="s">
+        <v>282</v>
+      </c>
+      <c r="D89" s="5" t="s">
+        <v>283</v>
+      </c>
+      <c r="E89" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F89" s="6"/>
+    </row>
+    <row r="90" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A90" s="5" t="s">
+        <v>284</v>
+      </c>
+      <c r="B90" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="C90" s="5" t="s">
+        <v>286</v>
+      </c>
+      <c r="D90" s="5" t="s">
+        <v>287</v>
+      </c>
+      <c r="E90" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F90" s="6"/>
+    </row>
+    <row r="91" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A91" s="5" t="s">
+        <v>284</v>
+      </c>
+      <c r="B91" s="5" t="s">
+        <v>288</v>
+      </c>
+      <c r="C91" s="5" t="s">
+        <v>286</v>
+      </c>
+      <c r="D91" s="5" t="s">
+        <v>287</v>
+      </c>
+      <c r="E91" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F91" s="6"/>
+    </row>
+    <row r="92" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A92" s="5" t="s">
+        <v>289</v>
+      </c>
+      <c r="B92" s="5" t="s">
+        <v>290</v>
+      </c>
+      <c r="C92" s="5" t="s">
+        <v>286</v>
+      </c>
+      <c r="D92" s="5" t="s">
+        <v>287</v>
+      </c>
+      <c r="E92" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F92" s="6"/>
+    </row>
+    <row r="93" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A93" s="5" t="s">
+        <v>289</v>
+      </c>
+      <c r="B93" s="5" t="s">
+        <v>291</v>
+      </c>
+      <c r="C93" s="5" t="s">
+        <v>286</v>
+      </c>
+      <c r="D93" s="5" t="s">
+        <v>287</v>
+      </c>
+      <c r="E93" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F93" s="6"/>
+    </row>
+    <row r="94" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A94" s="5" t="s">
+        <v>292</v>
+      </c>
+      <c r="B94" s="5" t="s">
+        <v>293</v>
+      </c>
+      <c r="C94" s="5" t="s">
+        <v>286</v>
+      </c>
+      <c r="D94" s="5" t="s">
+        <v>287</v>
+      </c>
+      <c r="E94" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F94" s="6"/>
+    </row>
+    <row r="95" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A95" s="5" t="s">
+        <v>294</v>
+      </c>
+      <c r="B95" s="5" t="s">
+        <v>295</v>
+      </c>
+      <c r="C95" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="D95" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="E95" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F95" s="6"/>
+    </row>
+    <row r="96" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A96" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="B96" s="5" t="s">
+        <v>298</v>
+      </c>
+      <c r="C96" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="D96" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="E96" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F96" s="6"/>
+    </row>
+    <row r="97" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A97" s="5" t="s">
+        <v>301</v>
+      </c>
+      <c r="B97" s="5" t="s">
+        <v>302</v>
+      </c>
+      <c r="C97" s="5" t="s">
+        <v>303</v>
+      </c>
+      <c r="D97" s="5" t="s">
+        <v>304</v>
+      </c>
+      <c r="E97" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F97" s="6"/>
+    </row>
+    <row r="98" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A98" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="B98" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="C98" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="D98" s="5" t="s">
+        <v>307</v>
+      </c>
+      <c r="E98" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F98" s="6"/>
+    </row>
+    <row r="99" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A99" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="B99" s="5" t="s">
+        <v>308</v>
+      </c>
+      <c r="C99" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="D99" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="E99" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F99" s="6"/>
+    </row>
+    <row r="100" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A100" s="5" t="s">
+        <v>310</v>
+      </c>
+      <c r="B100" s="5" t="s">
+        <v>311</v>
+      </c>
+      <c r="C100" s="5" t="s">
+        <v>312</v>
+      </c>
+      <c r="D100" s="5" t="s">
+        <v>313</v>
+      </c>
+      <c r="E100" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F100" s="6"/>
+    </row>
+    <row r="101" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A101" s="5" t="s">
+        <v>314</v>
+      </c>
+      <c r="B101" s="5" t="s">
+        <v>315</v>
+      </c>
+      <c r="C101" s="5" t="s">
+        <v>316</v>
+      </c>
+      <c r="D101" s="5" t="s">
+        <v>317</v>
+      </c>
+      <c r="E101" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F101" s="6"/>
+    </row>
+    <row r="102" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A102" s="5" t="s">
+        <v>318</v>
+      </c>
+      <c r="B102" s="5" t="s">
+        <v>319</v>
+      </c>
+      <c r="C102" s="5" t="s">
+        <v>320</v>
+      </c>
+      <c r="D102" s="5" t="s">
+        <v>321</v>
+      </c>
+      <c r="E102" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F102" s="6"/>
+    </row>
+    <row r="103" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A103" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="B103" s="5" t="s">
+        <v>323</v>
+      </c>
+      <c r="C103" s="5" t="s">
+        <v>320</v>
+      </c>
+      <c r="D103" s="5" t="s">
+        <v>321</v>
+      </c>
+      <c r="E103" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F103" s="6"/>
+    </row>
+    <row r="104" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A104" s="5" t="s">
+        <v>324</v>
+      </c>
+      <c r="B104" s="5" t="s">
+        <v>325</v>
+      </c>
+      <c r="C104" s="5" t="s">
+        <v>326</v>
+      </c>
+      <c r="D104" s="5" t="s">
+        <v>327</v>
+      </c>
+      <c r="E104" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F104" s="6"/>
+    </row>
+    <row r="105" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A105" s="5" t="s">
+        <v>328</v>
+      </c>
+      <c r="B105" s="5" t="s">
+        <v>329</v>
+      </c>
+      <c r="C105" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="D105" s="5" t="s">
+        <v>331</v>
+      </c>
+      <c r="E105" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F105" s="6"/>
+    </row>
+    <row r="106" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A106" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="B106" s="5" t="s">
+        <v>333</v>
+      </c>
+      <c r="C106" s="5" t="s">
+        <v>334</v>
+      </c>
+      <c r="D106" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="E106" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F106" s="6"/>
+    </row>
+    <row r="107" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A107" s="5" t="s">
+        <v>336</v>
+      </c>
+      <c r="B107" s="5" t="s">
+        <v>337</v>
+      </c>
+      <c r="C107" s="5" t="s">
+        <v>338</v>
+      </c>
+      <c r="D107" s="5" t="s">
+        <v>339</v>
+      </c>
+      <c r="E107" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F107" s="6"/>
+    </row>
+    <row r="108" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A108" s="5" t="s">
+        <v>340</v>
+      </c>
+      <c r="B108" s="5" t="s">
+        <v>341</v>
+      </c>
+      <c r="C108" s="5" t="s">
+        <v>342</v>
+      </c>
+      <c r="D108" s="5" t="s">
+        <v>343</v>
+      </c>
+      <c r="E108" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F108" s="6"/>
+    </row>
+    <row r="109" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A109" s="5" t="s">
+        <v>344</v>
+      </c>
+      <c r="B109" s="5" t="s">
+        <v>345</v>
+      </c>
+      <c r="C109" s="5" t="s">
+        <v>342</v>
+      </c>
+      <c r="D109" s="5" t="s">
+        <v>343</v>
+      </c>
+      <c r="E109" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F109" s="6"/>
+    </row>
+    <row r="110" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A110" s="5" t="s">
+        <v>346</v>
+      </c>
+      <c r="B110" s="5" t="s">
+        <v>347</v>
+      </c>
+      <c r="C110" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="D110" s="5" t="s">
+        <v>348</v>
+      </c>
+      <c r="E110" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F110" s="6"/>
+    </row>
+    <row r="111" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A111" s="5" t="s">
+        <v>346</v>
+      </c>
+      <c r="B111" s="5" t="s">
+        <v>349</v>
+      </c>
+      <c r="C111" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="D111" s="5" t="s">
+        <v>350</v>
+      </c>
+      <c r="E111" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F111" s="6"/>
+    </row>
+    <row r="112" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A112" s="5" t="s">
+        <v>351</v>
+      </c>
+      <c r="B112" s="5" t="s">
+        <v>352</v>
+      </c>
+      <c r="C112" s="5" t="s">
+        <v>353</v>
+      </c>
+      <c r="D112" s="5" t="s">
+        <v>354</v>
+      </c>
+      <c r="E112" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F112" s="6"/>
+    </row>
+    <row r="113" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A113" s="5" t="s">
+        <v>355</v>
+      </c>
+      <c r="B113" s="5" t="s">
+        <v>356</v>
+      </c>
+      <c r="C113" s="5" t="s">
+        <v>357</v>
+      </c>
+      <c r="D113" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="E113" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F113" s="6"/>
+    </row>
+    <row r="114" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A114" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="B114" s="5" t="s">
+        <v>356</v>
+      </c>
+      <c r="C114" s="5" t="s">
+        <v>357</v>
+      </c>
+      <c r="D114" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="E114" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F114" s="6"/>
+    </row>
+    <row r="115" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A115" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="B115" s="5" t="s">
+        <v>360</v>
+      </c>
+      <c r="C115" s="5" t="s">
+        <v>361</v>
+      </c>
+      <c r="D115" s="5" t="s">
+        <v>362</v>
+      </c>
+      <c r="E115" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F115" s="6"/>
+    </row>
+    <row r="116" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A116" s="5" t="s">
+        <v>363</v>
+      </c>
+      <c r="B116" s="5" t="s">
+        <v>364</v>
+      </c>
+      <c r="C116" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="D116" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="E116" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F116" s="6"/>
+    </row>
+    <row r="117" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A117" s="5" t="s">
+        <v>365</v>
+      </c>
+      <c r="B117" s="5" t="s">
+        <v>366</v>
+      </c>
+      <c r="C117" s="5" t="s">
+        <v>367</v>
+      </c>
+      <c r="D117" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="E117" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F117" s="6"/>
+    </row>
+    <row r="118" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A118" s="5" t="s">
+        <v>365</v>
+      </c>
+      <c r="B118" s="5" t="s">
+        <v>369</v>
+      </c>
+      <c r="C118" s="5" t="s">
+        <v>367</v>
+      </c>
+      <c r="D118" s="5" t="s">
+        <v>370</v>
+      </c>
+      <c r="E118" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F118" s="6"/>
+    </row>
+    <row r="119" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A119" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="B119" s="5" t="s">
+        <v>372</v>
+      </c>
+      <c r="C119" s="5" t="s">
+        <v>373</v>
+      </c>
+      <c r="D119" s="5" t="s">
+        <v>374</v>
+      </c>
+      <c r="E119" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F119" s="6"/>
+    </row>
+    <row r="120" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A120" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="B120" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="C120" s="5" t="s">
+        <v>373</v>
+      </c>
+      <c r="D120" s="5" t="s">
+        <v>376</v>
+      </c>
+      <c r="E120" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F120" s="6"/>
+    </row>
+    <row r="121" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A121" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="B121" s="5" t="s">
+        <v>377</v>
+      </c>
+      <c r="C121" s="5" t="s">
+        <v>373</v>
+      </c>
+      <c r="D121" s="5" t="s">
+        <v>376</v>
+      </c>
+      <c r="E121" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F121" s="6"/>
+    </row>
+    <row r="122" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A122" s="5" t="s">
+        <v>378</v>
+      </c>
+      <c r="B122" s="5" t="s">
+        <v>379</v>
+      </c>
+      <c r="C122" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="D122" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="E122" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F122" s="6"/>
+    </row>
+    <row r="123" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A123" s="5" t="s">
+        <v>380</v>
+      </c>
+      <c r="B123" s="5" t="s">
+        <v>381</v>
+      </c>
+      <c r="C123" s="5" t="s">
+        <v>382</v>
+      </c>
+      <c r="D123" s="5" t="s">
+        <v>383</v>
+      </c>
+      <c r="E123" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F123" s="6"/>
+    </row>
+    <row r="124" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A124" s="5" t="s">
+        <v>384</v>
+      </c>
+      <c r="B124" s="5" t="s">
+        <v>385</v>
+      </c>
+      <c r="C124" s="5" t="s">
+        <v>382</v>
+      </c>
+      <c r="D124" s="5" t="s">
+        <v>386</v>
+      </c>
+      <c r="E124" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F124" s="6"/>
+    </row>
+    <row r="125" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A125" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="B125" s="5" t="s">
+        <v>388</v>
+      </c>
+      <c r="C125" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="D125" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="E125" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F125" s="6"/>
+    </row>
+    <row r="126" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A126" s="5" t="s">
+        <v>389</v>
+      </c>
+      <c r="B126" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="C126" s="5" t="s">
+        <v>391</v>
+      </c>
+      <c r="D126" s="5" t="s">
+        <v>392</v>
+      </c>
+      <c r="E126" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F126" s="6"/>
+    </row>
+    <row r="127" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A127" s="5" t="s">
+        <v>393</v>
+      </c>
+      <c r="B127" s="5" t="s">
+        <v>394</v>
+      </c>
+      <c r="C127" s="5" t="s">
+        <v>395</v>
+      </c>
+      <c r="D127" s="5" t="s">
+        <v>396</v>
+      </c>
+      <c r="E127" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F127" s="6"/>
+    </row>
+    <row r="128" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A128" s="5" t="s">
+        <v>397</v>
+      </c>
+      <c r="B128" s="5" t="s">
+        <v>398</v>
+      </c>
+      <c r="C128" s="5" t="s">
+        <v>395</v>
+      </c>
+      <c r="D128" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="E128" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F128" s="6"/>
+    </row>
+    <row r="129" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A129" s="5" t="s">
+        <v>399</v>
+      </c>
+      <c r="B129" s="5" t="s">
+        <v>400</v>
+      </c>
+      <c r="C129" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="D129" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="E129" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F129" s="6"/>
+    </row>
+    <row r="130" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A130" s="5" t="s">
+        <v>401</v>
+      </c>
+      <c r="B130" s="5" t="s">
+        <v>402</v>
+      </c>
+      <c r="C130" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="D130" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="E130" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F130" s="6"/>
+    </row>
+    <row r="131" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A131" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="B131" s="5" t="s">
+        <v>404</v>
+      </c>
+      <c r="C131" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="D131" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="E131" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F131" s="6"/>
+    </row>
+    <row r="132" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A132" s="5" t="s">
+        <v>405</v>
+      </c>
+      <c r="B132" s="5" t="s">
+        <v>406</v>
+      </c>
+      <c r="C132" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="D132" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="E132" s="6" t="s">
+        <v>407</v>
+      </c>
+      <c r="F132" s="6"/>
+    </row>
+    <row r="133" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A133" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="B133" s="5" t="s">
+        <v>409</v>
+      </c>
+      <c r="C133" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="D133" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="E133" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F133" s="6"/>
+    </row>
+    <row r="134" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A134" s="5" t="s">
+        <v>411</v>
+      </c>
+      <c r="B134" s="5" t="s">
+        <v>412</v>
+      </c>
+      <c r="C134" s="5" t="s">
+        <v>413</v>
+      </c>
+      <c r="D134" s="5" t="s">
+        <v>414</v>
+      </c>
+      <c r="E134" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F134" s="6"/>
+    </row>
+    <row r="135" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A135" s="5" t="s">
+        <v>415</v>
+      </c>
+      <c r="B135" s="5" t="s">
+        <v>416</v>
+      </c>
+      <c r="C135" s="5" t="s">
+        <v>417</v>
+      </c>
+      <c r="D135" s="5" t="s">
+        <v>418</v>
+      </c>
+      <c r="E135" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F135" s="6"/>
+    </row>
+    <row r="136" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A136" s="5" t="s">
+        <v>415</v>
+      </c>
+      <c r="B136" s="5" t="s">
+        <v>419</v>
+      </c>
+      <c r="C136" s="5" t="s">
+        <v>417</v>
+      </c>
+      <c r="D136" s="5" t="s">
+        <v>418</v>
+      </c>
+      <c r="E136" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F136" s="6"/>
+    </row>
+    <row r="137" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A137" s="5" t="s">
+        <v>420</v>
+      </c>
+      <c r="B137" s="5" t="s">
+        <v>421</v>
+      </c>
+      <c r="C137" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="D137" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="E137" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F137" s="6"/>
+    </row>
+    <row r="138" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A138" s="5" t="s">
+        <v>420</v>
+      </c>
+      <c r="B138" s="5" t="s">
+        <v>422</v>
+      </c>
+      <c r="C138" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="D138" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="E138" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F138" s="6"/>
+    </row>
+    <row r="139" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A139" s="5" t="s">
+        <v>423</v>
+      </c>
+      <c r="B139" s="5" t="s">
+        <v>424</v>
+      </c>
+      <c r="C139" s="5" t="s">
+        <v>425</v>
+      </c>
+      <c r="D139" s="5" t="s">
+        <v>426</v>
+      </c>
+      <c r="E139" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F139" s="6"/>
+    </row>
+    <row r="140" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A140" s="5" t="s">
+        <v>427</v>
+      </c>
+      <c r="B140" s="5" t="s">
+        <v>428</v>
+      </c>
+      <c r="C140" s="5" t="s">
+        <v>429</v>
+      </c>
+      <c r="D140" s="5" t="s">
+        <v>430</v>
+      </c>
+      <c r="E140" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F140" s="6"/>
+    </row>
+    <row r="141" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A141" s="5" t="s">
+        <v>431</v>
+      </c>
+      <c r="B141" s="5" t="s">
+        <v>432</v>
+      </c>
+      <c r="C141" s="5" t="s">
+        <v>433</v>
+      </c>
+      <c r="D141" s="5" t="s">
+        <v>434</v>
+      </c>
+      <c r="E141" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F141" s="6"/>
+    </row>
+    <row r="142" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A142" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="B142" s="5" t="s">
+        <v>435</v>
+      </c>
+      <c r="C142" s="5" t="s">
+        <v>436</v>
+      </c>
+      <c r="D142" s="5" t="s">
+        <v>437</v>
+      </c>
+      <c r="E142" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F142" s="6"/>
+    </row>
+    <row r="143" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A143" s="5" t="s">
+        <v>438</v>
+      </c>
+      <c r="B143" s="5" t="s">
+        <v>439</v>
+      </c>
+      <c r="C143" s="5" t="s">
+        <v>440</v>
+      </c>
+      <c r="D143" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="E143" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F143" s="6"/>
+    </row>
+    <row r="144" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A144" s="5" t="s">
+        <v>442</v>
+      </c>
+      <c r="B144" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="C144" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="D144" s="5" t="s">
+        <v>445</v>
+      </c>
+      <c r="E144" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F144" s="6"/>
+    </row>
+    <row r="145" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A145" s="5" t="s">
+        <v>446</v>
+      </c>
+      <c r="B145" s="5" t="s">
+        <v>447</v>
+      </c>
+      <c r="C145" s="5" t="s">
+        <v>448</v>
+      </c>
+      <c r="D145" s="5" t="s">
+        <v>449</v>
+      </c>
+      <c r="E145" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F145" s="6"/>
+    </row>
+    <row r="146" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A146" s="5" t="s">
+        <v>450</v>
+      </c>
+      <c r="B146" s="5" t="s">
+        <v>451</v>
+      </c>
+      <c r="C146" s="5" t="s">
+        <v>452</v>
+      </c>
+      <c r="D146" s="5" t="s">
+        <v>453</v>
+      </c>
+      <c r="E146" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F146" s="6"/>
+    </row>
+    <row r="147" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A147" s="5" t="s">
+        <v>355</v>
+      </c>
+      <c r="B147" s="5" t="s">
+        <v>454</v>
+      </c>
+      <c r="C147" s="5" t="s">
+        <v>455</v>
+      </c>
+      <c r="D147" s="5" t="s">
+        <v>456</v>
+      </c>
+      <c r="E147" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F147" s="6"/>
+    </row>
+    <row r="148" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A148" s="5" t="s">
+        <v>457</v>
+      </c>
+      <c r="B148" s="5" t="s">
+        <v>458</v>
+      </c>
+      <c r="C148" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="D148" s="5" t="s">
+        <v>460</v>
+      </c>
+      <c r="E148" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F148" s="6"/>
+    </row>
+    <row r="149" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A149" s="5" t="s">
+        <v>461</v>
+      </c>
+      <c r="B149" s="5" t="s">
+        <v>462</v>
+      </c>
+      <c r="C149" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="D149" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="E149" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F149" s="6"/>
+    </row>
+    <row r="150" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A150" s="5" t="s">
+        <v>463</v>
+      </c>
+      <c r="B150" s="5" t="s">
+        <v>464</v>
+      </c>
+      <c r="C150" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="D150" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="E150" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F150" s="6"/>
+    </row>
+    <row r="151" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A151" s="5" t="s">
+        <v>465</v>
+      </c>
+      <c r="B151" s="5" t="s">
+        <v>466</v>
+      </c>
+      <c r="C151" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="D151" s="5" t="s">
+        <v>467</v>
+      </c>
+      <c r="E151" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F151" s="6"/>
+    </row>
+    <row r="152" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A152" s="5" t="s">
+        <v>468</v>
+      </c>
+      <c r="B152" s="5" t="s">
+        <v>469</v>
+      </c>
+      <c r="C152" s="5" t="s">
+        <v>470</v>
+      </c>
+      <c r="D152" s="5" t="s">
+        <v>471</v>
+      </c>
+      <c r="E152" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F152" s="6"/>
+    </row>
+    <row r="153" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A153" s="5" t="s">
+        <v>472</v>
+      </c>
+      <c r="B153" s="5" t="s">
+        <v>473</v>
+      </c>
+      <c r="C153" s="5" t="s">
+        <v>474</v>
+      </c>
+      <c r="D153" s="5" t="s">
+        <v>475</v>
+      </c>
+      <c r="E153" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F153" s="6"/>
+    </row>
+    <row r="154" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A154" s="5" t="s">
+        <v>476</v>
+      </c>
+      <c r="B154" s="5" t="s">
+        <v>477</v>
+      </c>
+      <c r="C154" s="5" t="s">
+        <v>478</v>
+      </c>
+      <c r="D154" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="E154" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F154" s="6"/>
+    </row>
+    <row r="155" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A155" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="B155" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="C155" s="5" t="s">
+        <v>482</v>
+      </c>
+      <c r="D155" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="E155" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F155" s="6"/>
+    </row>
+    <row r="156" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A156" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="B156" s="5" t="s">
+        <v>484</v>
+      </c>
+      <c r="C156" s="5" t="s">
+        <v>482</v>
+      </c>
+      <c r="D156" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="E156" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F156" s="6"/>
+    </row>
+    <row r="157" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A157" s="5" t="s">
+        <v>485</v>
+      </c>
+      <c r="B157" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="C157" s="5" t="s">
+        <v>487</v>
+      </c>
+      <c r="D157" s="5" t="s">
+        <v>488</v>
+      </c>
+      <c r="E157" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F157" s="6"/>
+    </row>
+    <row r="158" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A158" s="5" t="s">
+        <v>489</v>
+      </c>
+      <c r="B158" s="5" t="s">
+        <v>490</v>
+      </c>
+      <c r="C158" s="5" t="s">
+        <v>491</v>
+      </c>
+      <c r="D158" s="5" t="s">
+        <v>492</v>
+      </c>
+      <c r="E158" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F158" s="6"/>
+    </row>
+    <row r="159" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A159" s="5" t="s">
+        <v>493</v>
+      </c>
+      <c r="B159" s="5" t="s">
+        <v>473</v>
+      </c>
+      <c r="C159" s="5" t="s">
+        <v>494</v>
+      </c>
+      <c r="D159" s="5" t="s">
+        <v>495</v>
+      </c>
+      <c r="E159" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F159" s="6"/>
+    </row>
+    <row r="160" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A160" s="5" t="s">
+        <v>493</v>
+      </c>
+      <c r="B160" s="5" t="s">
+        <v>496</v>
+      </c>
+      <c r="C160" s="5" t="s">
+        <v>494</v>
+      </c>
+      <c r="D160" s="5" t="s">
+        <v>497</v>
+      </c>
+      <c r="E160" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F160" s="6"/>
+    </row>
+    <row r="161" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A161" s="5" t="s">
+        <v>498</v>
+      </c>
+      <c r="B161" s="5" t="s">
+        <v>499</v>
+      </c>
+      <c r="C161" s="5" t="s">
+        <v>494</v>
+      </c>
+      <c r="D161" s="5" t="s">
+        <v>500</v>
+      </c>
+      <c r="E161" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F161" s="6"/>
+    </row>
+    <row r="162" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A162" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="B162" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="C162" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="D162" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="E162" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F162" s="6"/>
+    </row>
+    <row r="163" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A163" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="B163" s="5" t="s">
+        <v>506</v>
+      </c>
+      <c r="C163" s="5" t="s">
+        <v>507</v>
+      </c>
+      <c r="D163" s="5" t="s">
+        <v>508</v>
+      </c>
+      <c r="E163" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F163" s="6"/>
+    </row>
+    <row r="164" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A164" s="5" t="s">
+        <v>509</v>
+      </c>
+      <c r="B164" s="5" t="s">
+        <v>510</v>
+      </c>
+      <c r="C164" s="5" t="s">
+        <v>507</v>
+      </c>
+      <c r="D164" s="5" t="s">
+        <v>508</v>
+      </c>
+      <c r="E164" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F164" s="6"/>
+    </row>
+    <row r="165" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A165" s="5" t="s">
+        <v>511</v>
+      </c>
+      <c r="B165" s="5" t="s">
+        <v>512</v>
+      </c>
+      <c r="C165" s="5" t="s">
+        <v>513</v>
+      </c>
+      <c r="D165" s="5" t="s">
+        <v>514</v>
+      </c>
+      <c r="E165" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F165" s="6"/>
+    </row>
+    <row r="166" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A166" s="5" t="s">
+        <v>515</v>
+      </c>
+      <c r="B166" s="5" t="s">
+        <v>516</v>
+      </c>
+      <c r="C166" s="5" t="s">
+        <v>517</v>
+      </c>
+      <c r="D166" s="5" t="s">
+        <v>518</v>
+      </c>
+      <c r="E166" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F166" s="6"/>
+    </row>
+    <row r="167" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A167" s="5" t="s">
+        <v>519</v>
+      </c>
+      <c r="B167" s="5" t="s">
+        <v>520</v>
+      </c>
+      <c r="C167" s="5" t="s">
+        <v>521</v>
+      </c>
+      <c r="D167" s="5" t="s">
+        <v>522</v>
+      </c>
+      <c r="E167" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F167" s="6"/>
+    </row>
+    <row r="168" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A168" s="5" t="s">
+        <v>519</v>
+      </c>
+      <c r="B168" s="5" t="s">
+        <v>523</v>
+      </c>
+      <c r="C168" s="5" t="s">
+        <v>521</v>
+      </c>
+      <c r="D168" s="5" t="s">
+        <v>522</v>
+      </c>
+      <c r="E168" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F168" s="6"/>
+    </row>
+    <row r="169" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A169" s="5" t="s">
+        <v>524</v>
+      </c>
+      <c r="B169" s="5" t="s">
+        <v>525</v>
+      </c>
+      <c r="C169" s="5" t="s">
+        <v>521</v>
+      </c>
+      <c r="D169" s="5" t="s">
+        <v>526</v>
+      </c>
+      <c r="E169" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F169" s="6"/>
+    </row>
+    <row r="170" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A170" s="5" t="s">
+        <v>527</v>
+      </c>
+      <c r="B170" s="5" t="s">
+        <v>528</v>
+      </c>
+      <c r="C170" s="5" t="s">
+        <v>529</v>
+      </c>
+      <c r="D170" s="5" t="s">
+        <v>530</v>
+      </c>
+      <c r="E170" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F170" s="6"/>
+    </row>
+    <row r="171" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A171" s="5" t="s">
+        <v>531</v>
+      </c>
+      <c r="B171" s="5" t="s">
+        <v>532</v>
+      </c>
+      <c r="C171" s="5" t="s">
+        <v>529</v>
+      </c>
+      <c r="D171" s="5" t="s">
+        <v>530</v>
+      </c>
+      <c r="E171" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F171" s="6"/>
+    </row>
+    <row r="172" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A172" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="B172" s="5" t="s">
+        <v>533</v>
+      </c>
+      <c r="C172" s="5" t="s">
+        <v>534</v>
+      </c>
+      <c r="D172" s="5" t="s">
+        <v>535</v>
+      </c>
+      <c r="E172" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F172" s="6"/>
+    </row>
+    <row r="173" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A173" s="5" t="s">
+        <v>536</v>
+      </c>
+      <c r="B173" s="5" t="s">
+        <v>537</v>
+      </c>
+      <c r="C173" s="5" t="s">
+        <v>538</v>
+      </c>
+      <c r="D173" s="5" t="s">
+        <v>539</v>
+      </c>
+      <c r="E173" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F173" s="6"/>
+    </row>
+    <row r="174" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A174" s="5" t="s">
+        <v>540</v>
+      </c>
+      <c r="B174" s="5" t="s">
+        <v>541</v>
+      </c>
+      <c r="C174" s="5" t="s">
+        <v>542</v>
+      </c>
+      <c r="D174" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="E174" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F174" s="6"/>
+    </row>
+    <row r="175" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A175" s="5" t="s">
+        <v>544</v>
+      </c>
+      <c r="B175" s="5" t="s">
+        <v>545</v>
+      </c>
+      <c r="C175" s="5" t="s">
+        <v>546</v>
+      </c>
+      <c r="D175" s="5" t="s">
+        <v>547</v>
+      </c>
+      <c r="E175" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F175" s="6"/>
+    </row>
+    <row r="176" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A176" s="5" t="s">
+        <v>548</v>
+      </c>
+      <c r="B176" s="5" t="s">
+        <v>549</v>
+      </c>
+      <c r="C176" s="5" t="s">
+        <v>550</v>
+      </c>
+      <c r="D176" s="5" t="s">
+        <v>551</v>
+      </c>
+      <c r="E176" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F176" s="6"/>
+    </row>
+    <row r="177" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A177" s="5" t="s">
+        <v>548</v>
+      </c>
+      <c r="B177" s="5" t="s">
+        <v>552</v>
+      </c>
+      <c r="C177" s="5" t="s">
+        <v>550</v>
+      </c>
+      <c r="D177" s="5" t="s">
+        <v>551</v>
+      </c>
+      <c r="E177" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F177" s="6"/>
+    </row>
+    <row r="178" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A178" s="5" t="s">
+        <v>553</v>
+      </c>
+      <c r="B178" s="5" t="s">
+        <v>554</v>
+      </c>
+      <c r="C178" s="5" t="s">
+        <v>555</v>
+      </c>
+      <c r="D178" s="5" t="s">
+        <v>556</v>
+      </c>
+      <c r="E178" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F178" s="6"/>
+    </row>
+    <row r="179" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A179" s="5" t="s">
+        <v>557</v>
+      </c>
+      <c r="B179" s="5" t="s">
+        <v>558</v>
+      </c>
+      <c r="C179" s="5" t="s">
+        <v>555</v>
+      </c>
+      <c r="D179" s="5" t="s">
+        <v>556</v>
+      </c>
+      <c r="E179" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F179" s="6"/>
+    </row>
+    <row r="180" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A180" s="5" t="s">
+        <v>559</v>
+      </c>
+      <c r="B180" s="5" t="s">
+        <v>560</v>
+      </c>
+      <c r="C180" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="D180" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="E180" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F180" s="6"/>
+    </row>
+    <row r="181" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A181" s="5" t="s">
+        <v>561</v>
+      </c>
+      <c r="B181" s="5" t="s">
+        <v>562</v>
+      </c>
+      <c r="C181" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="D181" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="E181" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F181" s="6"/>
+    </row>
+    <row r="182" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A182" s="5" t="s">
+        <v>563</v>
+      </c>
+      <c r="B182" s="5" t="s">
+        <v>564</v>
+      </c>
+      <c r="C182" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="D182" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="E182" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F182" s="6"/>
+    </row>
+    <row r="183" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A183" s="5" t="s">
+        <v>565</v>
+      </c>
+      <c r="B183" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="C183" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D183" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E183" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F183" s="6"/>
+    </row>
+    <row r="184" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A184" s="5" t="s">
+        <v>567</v>
+      </c>
+      <c r="B184" s="5" t="s">
+        <v>568</v>
+      </c>
+      <c r="C184" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="D184" s="5" t="s">
+        <v>570</v>
+      </c>
+      <c r="E184" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F184" s="6"/>
+    </row>
+    <row r="185" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A185" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="B185" s="5" t="s">
+        <v>572</v>
+      </c>
+      <c r="C185" s="5" t="s">
+        <v>573</v>
+      </c>
+      <c r="D185" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="E185" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F185" s="6"/>
+    </row>
+    <row r="186" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A186" s="5" t="s">
+        <v>575</v>
+      </c>
+      <c r="B186" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="C186" s="5" t="s">
+        <v>577</v>
+      </c>
+      <c r="D186" s="5" t="s">
+        <v>578</v>
+      </c>
+      <c r="E186" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F186" s="6"/>
+    </row>
+    <row r="187" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A187" s="5" t="s">
+        <v>579</v>
+      </c>
+      <c r="B187" s="5" t="s">
+        <v>580</v>
+      </c>
+      <c r="C187" s="5" t="s">
+        <v>581</v>
+      </c>
+      <c r="D187" s="5" t="s">
+        <v>582</v>
+      </c>
+      <c r="E187" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F187" s="6"/>
+    </row>
+    <row r="188" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A188" s="5" t="s">
+        <v>583</v>
+      </c>
+      <c r="B188" s="5" t="s">
+        <v>584</v>
+      </c>
+      <c r="C188" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="D188" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="E188" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F188" s="6"/>
+    </row>
+    <row r="189" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A189" s="5" t="s">
+        <v>585</v>
+      </c>
+      <c r="B189" s="5" t="s">
+        <v>586</v>
+      </c>
+      <c r="C189" s="5" t="s">
+        <v>587</v>
+      </c>
+      <c r="D189" s="5" t="s">
+        <v>588</v>
+      </c>
+      <c r="E189" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F189" s="6"/>
+    </row>
+    <row r="190" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A190" s="5" t="s">
+        <v>589</v>
+      </c>
+      <c r="B190" s="5" t="s">
+        <v>590</v>
+      </c>
+      <c r="C190" s="5" t="s">
+        <v>591</v>
+      </c>
+      <c r="D190" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="E190" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F190" s="6"/>
+    </row>
+    <row r="191" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A191" s="5" t="s">
+        <v>593</v>
+      </c>
+      <c r="B191" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="C191" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="D191" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="E191" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F191" s="6"/>
+    </row>
+    <row r="192" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A192" s="5" t="s">
+        <v>595</v>
+      </c>
+      <c r="B192" s="5" t="s">
+        <v>596</v>
+      </c>
+      <c r="C192" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="D192" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="E192" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F192" s="6"/>
+    </row>
+    <row r="193" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A193" s="5" t="s">
+        <v>595</v>
+      </c>
+      <c r="B193" s="5" t="s">
+        <v>597</v>
+      </c>
+      <c r="C193" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="D193" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="E193" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F193" s="6"/>
+    </row>
+    <row r="194" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A194" s="5" t="s">
+        <v>598</v>
+      </c>
+      <c r="B194" s="5" t="s">
+        <v>599</v>
+      </c>
+      <c r="C194" s="5" t="s">
+        <v>600</v>
+      </c>
+      <c r="D194" s="5" t="s">
+        <v>601</v>
+      </c>
+      <c r="E194" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F194" s="6"/>
+    </row>
+    <row r="195" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A195" s="5" t="s">
+        <v>602</v>
+      </c>
+      <c r="B195" s="5" t="s">
+        <v>603</v>
+      </c>
+      <c r="C195" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="D195" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="E195" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F195" s="6" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="196" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A196" s="5" t="s">
+        <v>604</v>
+      </c>
+      <c r="B196" s="5" t="s">
+        <v>605</v>
+      </c>
+      <c r="C196" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="D196" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="E196" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F196" s="6"/>
+    </row>
+    <row r="197" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A197" s="5" t="s">
+        <v>604</v>
+      </c>
+      <c r="B197" s="5" t="s">
+        <v>606</v>
+      </c>
+      <c r="C197" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="D197" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="E197" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F197" s="6"/>
+    </row>
+    <row r="198" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A198" s="5" t="s">
+        <v>607</v>
+      </c>
+      <c r="B198" s="5" t="s">
+        <v>608</v>
+      </c>
+      <c r="C198" s="5" t="s">
+        <v>609</v>
+      </c>
+      <c r="D198" s="5" t="s">
+        <v>610</v>
+      </c>
+      <c r="E198" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F198" s="6"/>
+    </row>
+    <row r="199" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A199" s="5" t="s">
+        <v>611</v>
+      </c>
+      <c r="B199" s="5" t="s">
+        <v>612</v>
+      </c>
+      <c r="C199" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="D199" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="E199" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F199" s="6"/>
+    </row>
+    <row r="200" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A200" s="5" t="s">
+        <v>613</v>
+      </c>
+      <c r="B200" s="5" t="s">
+        <v>614</v>
+      </c>
+      <c r="C200" s="5" t="s">
+        <v>615</v>
+      </c>
+      <c r="D200" s="5" t="s">
+        <v>616</v>
+      </c>
+      <c r="E200" s="6" t="s">
+        <v>407</v>
+      </c>
+      <c r="F200" s="6"/>
+    </row>
+    <row r="201" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A201" s="5" t="s">
+        <v>613</v>
+      </c>
+      <c r="B201" s="5" t="s">
+        <v>617</v>
+      </c>
+      <c r="C201" s="5" t="s">
+        <v>618</v>
+      </c>
+      <c r="D201" s="5" t="s">
+        <v>619</v>
+      </c>
+      <c r="E201" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F201" s="6"/>
+    </row>
+    <row r="202" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A202" s="5" t="s">
+        <v>620</v>
+      </c>
+      <c r="B202" s="5" t="s">
+        <v>621</v>
+      </c>
+      <c r="C202" s="5" t="s">
+        <v>367</v>
+      </c>
+      <c r="D202" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="E202" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F202" s="6"/>
+    </row>
+    <row r="203" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A203" s="5" t="s">
+        <v>620</v>
+      </c>
+      <c r="B203" s="5" t="s">
+        <v>622</v>
+      </c>
+      <c r="C203" s="5" t="s">
+        <v>367</v>
+      </c>
+      <c r="D203" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="E203" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F203" s="6"/>
+    </row>
+    <row r="204" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A204" s="5" t="s">
+        <v>623</v>
+      </c>
+      <c r="B204" s="5" t="s">
+        <v>624</v>
+      </c>
+      <c r="C204" s="5" t="s">
+        <v>625</v>
+      </c>
+      <c r="D204" s="5" t="s">
+        <v>626</v>
+      </c>
+      <c r="E204" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F204" s="6"/>
+    </row>
+    <row r="205" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A205" s="5" t="s">
+        <v>627</v>
+      </c>
+      <c r="B205" s="5" t="s">
+        <v>628</v>
+      </c>
+      <c r="C205" s="5" t="s">
+        <v>629</v>
+      </c>
+      <c r="D205" s="5" t="s">
+        <v>630</v>
+      </c>
+      <c r="E205" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F205" s="6"/>
+    </row>
+    <row r="206" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A206" s="5" t="s">
+        <v>631</v>
+      </c>
+      <c r="B206" s="5" t="s">
+        <v>632</v>
+      </c>
+      <c r="C206" s="5" t="s">
+        <v>633</v>
+      </c>
+      <c r="D206" s="5" t="s">
+        <v>634</v>
+      </c>
+      <c r="E206" s="6" t="s">
+        <v>407</v>
+      </c>
+      <c r="F206" s="6"/>
+    </row>
+    <row r="207" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A207" s="5" t="s">
+        <v>635</v>
+      </c>
+      <c r="B207" s="5" t="s">
+        <v>636</v>
+      </c>
+      <c r="C207" s="5" t="s">
+        <v>637</v>
+      </c>
+      <c r="D207" s="5" t="s">
+        <v>638</v>
+      </c>
+      <c r="E207" s="6" t="s">
+        <v>407</v>
+      </c>
+      <c r="F207" s="6"/>
+    </row>
+    <row r="208" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A208" s="5" t="s">
+        <v>639</v>
+      </c>
+      <c r="B208" s="5" t="s">
+        <v>640</v>
+      </c>
+      <c r="C208" s="5" t="s">
+        <v>641</v>
+      </c>
+      <c r="D208" s="5" t="s">
+        <v>642</v>
+      </c>
+      <c r="E208" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F208" s="6"/>
+    </row>
+    <row r="209" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A209" s="5" t="s">
+        <v>643</v>
+      </c>
+      <c r="B209" s="5" t="s">
+        <v>644</v>
+      </c>
+      <c r="C209" s="5" t="s">
+        <v>645</v>
+      </c>
+      <c r="D209" s="5" t="s">
+        <v>646</v>
+      </c>
+      <c r="E209" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F209" s="6"/>
+    </row>
+    <row r="210" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A210" s="5" t="s">
+        <v>647</v>
+      </c>
+      <c r="B210" s="5" t="s">
+        <v>648</v>
+      </c>
+      <c r="C210" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="D210" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="E210" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F210" s="6"/>
+    </row>
+    <row r="211" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A211" s="5" t="s">
+        <v>649</v>
+      </c>
+      <c r="B211" s="5" t="s">
+        <v>650</v>
+      </c>
+      <c r="C211" s="5" t="s">
+        <v>651</v>
+      </c>
+      <c r="D211" s="5" t="s">
+        <v>652</v>
+      </c>
+      <c r="E211" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F211" s="6"/>
+    </row>
+    <row r="212" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A212" s="5" t="s">
+        <v>653</v>
+      </c>
+      <c r="B212" s="5" t="s">
+        <v>654</v>
+      </c>
+      <c r="C212" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="D212" s="5" t="s">
+        <v>445</v>
+      </c>
+      <c r="E212" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F212" s="6" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="213" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A213" s="5" t="s">
+        <v>655</v>
+      </c>
+      <c r="B213" s="5" t="s">
+        <v>656</v>
+      </c>
+      <c r="C213" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="D213" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="E213" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F213" s="6"/>
+    </row>
+    <row r="214" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A214" s="5" t="s">
+        <v>655</v>
+      </c>
+      <c r="B214" s="5" t="s">
+        <v>657</v>
+      </c>
+      <c r="C214" s="5" t="s">
+        <v>474</v>
+      </c>
+      <c r="D214" s="5" t="s">
+        <v>475</v>
+      </c>
+      <c r="E214" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F214" s="6"/>
+    </row>
+    <row r="215" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A215" s="5" t="s">
+        <v>658</v>
+      </c>
+      <c r="B215" s="5" t="s">
+        <v>659</v>
+      </c>
+      <c r="C215" s="5" t="s">
+        <v>660</v>
+      </c>
+      <c r="D215" s="5" t="s">
+        <v>661</v>
+      </c>
+      <c r="E215" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F215" s="6"/>
+    </row>
+    <row r="216" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A216" s="5" t="s">
+        <v>662</v>
+      </c>
+      <c r="B216" s="5" t="s">
+        <v>663</v>
+      </c>
+      <c r="C216" s="5" t="s">
+        <v>664</v>
+      </c>
+      <c r="D216" s="5" t="s">
+        <v>665</v>
+      </c>
+      <c r="E216" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F216" s="6"/>
+    </row>
+    <row r="217" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A217" s="5" t="s">
+        <v>666</v>
+      </c>
+      <c r="B217" s="5" t="s">
+        <v>667</v>
+      </c>
+      <c r="C217" s="5" t="s">
+        <v>668</v>
+      </c>
+      <c r="D217" s="5" t="s">
+        <v>669</v>
+      </c>
+      <c r="E217" s="6" t="s">
+        <v>407</v>
+      </c>
+      <c r="F217" s="6"/>
+    </row>
+    <row r="218" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A218" s="5" t="s">
+        <v>670</v>
+      </c>
+      <c r="B218" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="C218" s="5" t="s">
+        <v>672</v>
+      </c>
+      <c r="D218" s="5" t="s">
+        <v>673</v>
+      </c>
+      <c r="E218" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F218" s="6"/>
+    </row>
+    <row r="219" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A219" s="5" t="s">
+        <v>674</v>
+      </c>
+      <c r="B219" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="C219" s="5" t="s">
+        <v>517</v>
+      </c>
+      <c r="D219" s="5" t="s">
+        <v>518</v>
+      </c>
+      <c r="E219" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F219" s="6"/>
+    </row>
+    <row r="220" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A220" s="5" t="s">
+        <v>676</v>
+      </c>
+      <c r="B220" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="C220" s="5" t="s">
+        <v>517</v>
+      </c>
+      <c r="D220" s="5" t="s">
+        <v>518</v>
+      </c>
+      <c r="E220" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F220" s="6"/>
+    </row>
+    <row r="221" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A221" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="B221" s="5" t="s">
+        <v>679</v>
+      </c>
+      <c r="C221" s="5" t="s">
+        <v>521</v>
+      </c>
+      <c r="D221" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E221" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F221" s="6"/>
+    </row>
+    <row r="222" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A222" s="5" t="s">
+        <v>681</v>
+      </c>
+      <c r="B222" s="5" t="s">
+        <v>682</v>
+      </c>
+      <c r="C222" s="5" t="s">
+        <v>683</v>
+      </c>
+      <c r="D222" s="5" t="s">
+        <v>684</v>
+      </c>
+      <c r="E222" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F222" s="6"/>
+    </row>
+    <row r="223" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A223" s="5" t="s">
+        <v>685</v>
+      </c>
+      <c r="B223" s="5" t="s">
+        <v>686</v>
+      </c>
+      <c r="C223" s="5" t="s">
+        <v>534</v>
+      </c>
+      <c r="D223" s="5" t="s">
+        <v>535</v>
+      </c>
+      <c r="E223" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="F223" s="6"/>
+    </row>
+    <row r="224" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A224" s="5" t="s">
+        <v>687</v>
+      </c>
+      <c r="B224" s="5" t="s">
+        <v>688</v>
+      </c>
+      <c r="C224" s="5" t="s">
+        <v>689</v>
+      </c>
+      <c r="D224" s="5" t="s">
+        <v>690</v>
+      </c>
+      <c r="E224" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F224" s="6"/>
+    </row>
+    <row r="225" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A225" s="5" t="s">
+        <v>687</v>
+      </c>
+      <c r="B225" s="5" t="s">
+        <v>691</v>
+      </c>
+      <c r="C225" s="5" t="s">
+        <v>689</v>
+      </c>
+      <c r="D225" s="5" t="s">
+        <v>690</v>
+      </c>
+      <c r="E225" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="F225" s="6"/>
+    </row>
+    <row r="226" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A226" s="5" t="s">
+        <v>692</v>
+      </c>
+      <c r="B226" s="5" t="s">
         <v>693</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B2" s="5" t="s">
+      <c r="C226" s="5" t="s">
         <v>694</v>
       </c>
-      <c r="C2" s="5" t="s">
+      <c r="D226" s="5" t="s">
         <v>695</v>
       </c>
-      <c r="D2" s="5" t="s">
+      <c r="E226" s="6" t="s">
+        <v>407</v>
+      </c>
+      <c r="F226" s="6"/>
+    </row>
+    <row r="227" spans="1:6" ht="75.599999999999994" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="228" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A228" s="7" t="s">
         <v>696</v>
       </c>
-      <c r="E2" s="1" t="s">
-[...2367 lines deleted...]
-      <c r="A134" s="2" t="s">
+      <c r="B228" s="8" t="s">
+        <v>697</v>
+      </c>
+      <c r="C228" s="1"/>
+      <c r="D228" s="1"/>
+      <c r="E228" s="2"/>
+      <c r="F228" s="2"/>
+    </row>
+    <row r="229" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A229" s="9" t="s">
+        <v>698</v>
+      </c>
+      <c r="B229" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="C229" s="1"/>
+      <c r="D229" s="1"/>
+      <c r="E229" s="2"/>
+      <c r="F229" s="2"/>
+    </row>
+    <row r="230" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A230" s="9" t="s">
+        <v>699</v>
+      </c>
+      <c r="B230" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="C230" s="1"/>
+      <c r="D230" s="1"/>
+      <c r="E230" s="2"/>
+      <c r="F230" s="2"/>
+    </row>
+    <row r="231" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A231" s="11" t="s">
+        <v>700</v>
+      </c>
+      <c r="B231" s="12" t="s">
         <v>407</v>
       </c>
-      <c r="B134" s="2" t="s">
-[...1689 lines deleted...]
-      <c r="F227" s="2"/>
+      <c r="C231" s="1"/>
+      <c r="D231" s="1"/>
+      <c r="E231" s="2"/>
+      <c r="F231" s="2"/>
     </row>
   </sheetData>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="83" fitToHeight="7" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;G&amp;CÉcoles organisant l'apprentissage en immersion - Année scolaire 2025-2026</oddHeader>
+    <oddFooter>&amp;LVersion du 16/01/2026&amp;C&amp;P/&amp;N</oddFooter>
+  </headerFooter>
+  <legacyDrawingHF r:id="rId2"/>
   <tableParts count="1">
-    <tablePart r:id="rId2"/>
+    <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
-</file>
-[...237 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F6B552FE-122A-4510-AC9E-8EE6138AF188}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Plages nommées</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Feuil1</vt:lpstr>
+      <vt:lpstr>Feuil1!Impression_des_titres</vt:lpstr>
+      <vt:lpstr>Feuil1!Zone_d_impression</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>ETNIC</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Utilisateur Windows</dc:creator>
+  <dc:creator>Marina Dollé</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>